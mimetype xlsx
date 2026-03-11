--- v0 (2025-10-17)
+++ v1 (2026-03-11)
@@ -54,2041 +54,2041 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>Vagner</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1507/indicacao_001-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1507/indicacao_001-2024.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Obras que realize patrolamento no travessão da BR 481 que da acesso a BR 429.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Genivaldo Martins</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1509/indicacao_002-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1509/indicacao_002-2024.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção da ponte do rio São Joaquim na linha 82 sul.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Celma Mesabarba</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1510/indicacao_003-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1510/indicacao_003-2024.pdf</t>
   </si>
   <si>
     <t>Indica limpeza das vias públicas da área urbana do Distrito de Santana do Guaporé.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1513/indicacao_004-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1513/indicacao_004-2024.pdf</t>
   </si>
   <si>
     <t>Reforma do posto de saúde de Santana do Guaporé</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Fabiano</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1517/indicacao_005-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1517/indicacao_005-2024.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Obras a implantação de um quebra-molas nos 200 metros da entrada da linha 86.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Remy Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1521/indicacao_006-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1521/indicacao_006-2024.pdf</t>
   </si>
   <si>
     <t>Reajuste salarial dos funcionários públicos do município.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1522/indicacao_007-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1522/indicacao_007-2024.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de traves no campo municipal.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1523/indicacao_008-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1523/indicacao_008-2024.pdf</t>
   </si>
   <si>
     <t>Indica paliativo na linha 78 norte, 74 norte e sul.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Leandro</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1524/indicacao_009-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1524/indicacao_009-2024.pdf</t>
   </si>
   <si>
     <t>Indica a disponibilização de um médico capacitado em exame de utrassonografia para atender na UBS José Dias, em Santana do Guaporé.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Welington de Assis</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1527/indicacao_010-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1527/indicacao_010-2024.pdf</t>
   </si>
   <si>
     <t>Indica seja feito um trabalho de recuperação da ponte na linha 98 sul, km 5,5, dispondo todo o maquinário necessário para a realização do serviço.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1528/indicacao_011-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1528/indicacao_011-2024.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um quebra molas na entrada do loteamento tancredo Neves.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1529/indicacao_012-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1529/indicacao_012-2024.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Obras seja realizado serviços emergencial nas linhas 106 e 102 norte.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1530/indicacao_013-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1530/indicacao_013-2024.pdf</t>
   </si>
   <si>
     <t>Indica o patrolamento da linha 102 sul e norte.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Edimar</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1531/indicacao_014-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1531/indicacao_014-2024.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um quebra-molas em frente à capela da funerária São Miguel, na Av. Capitão Silvio.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Valmir</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1533/indicacao_015-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1533/indicacao_015-2024.pdf</t>
   </si>
   <si>
     <t>Indica que seja feita uma faixa de pedestre na Avenida Capitão Silvio, em frente a Igreja Católica (Matriz).</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1534/indicacao_016-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1534/indicacao_016-2024.pdf</t>
   </si>
   <si>
     <t>Indica que seja feito uma reabertura na Rua Dom Pedro II, fundo da escola Princesa Isabel, entre a Avenida Capitão Silvio e São Paulo, para que tenha disponibilidade de ter um estacionamento para os ônibus escolar.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1535/indicacao_017-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1535/indicacao_017-2024.pdf</t>
   </si>
   <si>
     <t>Indica que seja feita uma faixa de pedestre na rua Caribamba, entre o hotel Canteli e o Restaurante Guaporé.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Antônio</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1538/indicacao_018-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1538/indicacao_018-2024.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Obras a Manutenção do travessão no km 13, entre a linha 82 e 78 Sul.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1539/indicacao_019-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1539/indicacao_019-2024.pdf</t>
   </si>
   <si>
     <t>Indica a Isenção de todas as associações sem fins lucrativos,  sobre as taxas de lixo, iluminação pública e IPTU.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1541/indicacao_020-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1541/indicacao_020-2024.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Obras que realize o patrolamento no travessão do bambu na linha 25.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1543/indicacao_021-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1543/indicacao_021-2024.pdf</t>
   </si>
   <si>
     <t>Indica que seja feita reposição de lâmpadas próximas ao Instituto Federal de Rondônia (IFRO).</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1544/indicacao_022-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1544/indicacao_022-2024.pdf</t>
   </si>
   <si>
     <t>Indica que seja feita uma manutenção para reparar o semáforo da cidade.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Arilson Valério</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1552/indicacao_023-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1552/indicacao_023-2024.pdf</t>
   </si>
   <si>
     <t>Indica a limpeza do acostamento no trajeto do muniípio ao Frigorífico JBS (Linha 82 e 25).</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1553/indicacao_024-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1553/indicacao_024-2024.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de um quebra-molas na Av. 16 de Junho, esquina com a Rua Castanheira.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1554/indicacao_025-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1554/indicacao_025-2024.pdf</t>
   </si>
   <si>
     <t>Indica que seja feita uma reforma do interior da Câmara Municipal.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1557/indicacao_026-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1557/indicacao_026-2024.pdf</t>
   </si>
   <si>
     <t>Prestação de avaliação psicológica aos motoristas pertencentes a área da Educação.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1559/indicacao_027-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1559/indicacao_027-2024.pdf</t>
   </si>
   <si>
     <t>Indica a elaboração de um cronograma para a realização de testes para prevenção e tratamento de diabetes nos alunos da rede municipal de educação, por meio da parceria entre as Secretarias de Educação e Saúde.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1560/indicacao_028-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1560/indicacao_028-2024.pdf</t>
   </si>
   <si>
     <t>Indico  seja criado o projeto "Academia de Saúde" vinculada ao SUS, no âmbito do município de São Miguel do Guaporé-RO.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1566/indicacao_029-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1566/indicacao_029-2024.pdf</t>
   </si>
   <si>
     <t>Disponibilizar internet através de sinal Wi-Fi para todos os pacientes e acompanhantes do hospital municipal.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1567/indicacao_030-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1567/indicacao_030-2024.pdf</t>
   </si>
   <si>
     <t>Concessão de reajuste salarial aos servidores municiapais.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1568/indicacao_031-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1568/indicacao_031-2024.pdf</t>
   </si>
   <si>
     <t>Indica a avaliação e substituição das lâmpadas dos postes pertecentes ao loteamento do Paulinho.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1599/indicacao_032-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1599/indicacao_032-2024.pdf</t>
   </si>
   <si>
     <t>Indica o fornecimento de atendimento à comunidade indígena da linha 86 Sul pela Secretaria de Saúde.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1601/indicacao_033-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1601/indicacao_033-2024.pdf</t>
   </si>
   <si>
     <t>Indica reabertura, cascalhamento e levantamento dos pontos críticos da linha 86 Sul.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1604/indicacao_034-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1604/indicacao_034-2024.pdf</t>
   </si>
   <si>
     <t>Indica reabertura, cascalhamento e levantamento dos pontos críticos da linha 90 Sul.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1623/indicacao_035-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1623/indicacao_035-2024.pdf</t>
   </si>
   <si>
     <t>Patrolamento do Carreador da Granja na linha 25.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1624/indicacao_036-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1624/indicacao_036-2024.pdf</t>
   </si>
   <si>
     <t>Patrolamento do travessão da Oitentinha localizado na linha 25.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1625/indicacao_037-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1625/indicacao_037-2024.pdf</t>
   </si>
   <si>
     <t>Iluminação dos Plaugrounds localizados nas praças municipais.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1638/indicacao_038-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1638/indicacao_038-2024.pdf</t>
   </si>
   <si>
     <t>Indica o Poder Executivo que realize a pintura de faixa de pedestre e quebra-molas em frente ao Chiquinho Sorvetes.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1639/indicacao_039-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1639/indicacao_039-2024.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de lâmpadas de LED na Avenida16 de Junho, no trecho compreendido entre o posto RT-1 e o Posto RT-2, sentido a linha 82.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1640/indicacao_040-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1640/indicacao_040-2024.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de manilhas na Rua Pinheiro Machado, no trecho compreendido entre a Rua 16 de Junho e a Rua Juscelino Kubitschek (JK).</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1641/indicacao_041-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1641/indicacao_041-2024.pdf</t>
   </si>
   <si>
     <t>Indica a pintura de faixas de pedestre e a instalação de placas de identificação de ruas e avenidas.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1646/indicacao_042-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1646/indicacao_042-2024.pdf</t>
   </si>
   <si>
     <t>Indica o bloqueteamento da Rua Canelinha, localizada no bairro Planalto.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1647/indicacao_043-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1647/indicacao_043-2024.pdf</t>
   </si>
   <si>
     <t>Indica a pintura de uma faixa de pedestre na Rua Rui Rodrigues de Almeida, ao lado da Farmácia Ultra Econômica, em São Miguel do Guaporé - RO.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1648/indicacao_044-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1648/indicacao_044-2024.pdf</t>
   </si>
   <si>
     <t>Indica  a pintura de uma faixa de pedestre na Avenida São Paulo, em frete ao Laboratório Santa Paula, em São Miguel do Guaporé - RO.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1670/indicacao_045-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1670/indicacao_045-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que realize guarda de reis nas pontes e sinalização.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1695/indicacao_046-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1695/indicacao_046-2024.pdf</t>
   </si>
   <si>
     <t>Indica a construção de quebra-molas na boca da linha 78, lado sul.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1696/indicacao_047-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1696/indicacao_047-2024.pdf</t>
   </si>
   <si>
     <t>Indica a doação de um terreno para atender a cooperativa de trabalho de São Miguel e extensão do vale do Guaporé.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1699/indicacao_048-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1699/indicacao_048-2024.pdf</t>
   </si>
   <si>
     <t>Reabertura da Biblioteca Municipal</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1700/indicacao_49-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1700/indicacao_49-2024.pdf</t>
   </si>
   <si>
     <t>Indica a construção de duas rampas de acesso à Estrutura da Feira municipal de São Miguel do Guaporé.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1703/indicacao_50-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1703/indicacao_50-2024.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Obras, que realize patrolamento e cascalhamento da linha 90 sul.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1751/indicacao_051-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1751/indicacao_051-2024.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um quebra-molas e uma faixa de pedestre na avenida Marechal Rondon, em frente a Creche Espaço Educar.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1752/indicacao_052-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1752/indicacao_052-2024.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um quebra-molas na avenida Filadélfia nº 741, no ponto de ônibus escolar, em frente ao Estudio Depilove.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1785/indicacao_053-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1785/indicacao_053-2024.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Obras que realize patrolamento do travessão da linha 25 morta,  sentido linha 78 sul.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1909/indicacao_054-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1909/indicacao_054-2024.pdf</t>
   </si>
   <si>
     <t>Indica a instalção de uma usina de oxigênio no hospital municipal.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2032/indicacao_055-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2032/indicacao_055-2024.pdf</t>
   </si>
   <si>
     <t>Indica que seja feito um trabalho de recuperação da ponte na linha 90 sul, Km 1,5.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2157/indicacao_056-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2157/indicacao_056-2024.pdf</t>
   </si>
   <si>
     <t>Indica a pintura de faixa de pedestre na avenida Capitão Silvio em frente a funerária São Miguel.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2158/indicacao_057-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2158/indicacao_057-2024.pdf</t>
   </si>
   <si>
     <t>Indica a construção de quebra-molas na rua Cecília Pinheiro, setor Chácara, proximo à entrada do Lago Remanso.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2160/indicacao_058-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2160/indicacao_058-2024.pdf</t>
   </si>
   <si>
     <t>Indica a extensão da iluminação pública na rua Cecília Pinheiro para o setor Chácara, sentido Capa-gato.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2301/indicacao_059-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2301/indicacao_059-2024.pdf</t>
   </si>
   <si>
     <t>Indica a troca do telhado da Escola Candido Portinari na linha 82.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2302/indicacao_060-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2302/indicacao_060-2024.pdf</t>
   </si>
   <si>
     <t>Indica a construção de muro no entorno da Escola Candido Portinari na linha 82.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2309/indicacao_061-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2309/indicacao_061-2024.pdf</t>
   </si>
   <si>
     <t>Construção de banheiros e bebedouro na Praça da Bíblia.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2310/indicacao_062-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2310/indicacao_062-2024.pdf</t>
   </si>
   <si>
     <t>Indica limpeza  do terreno no espaço onde será realizado a 10° Exposan, no Distrito de Santana do Guaporé-RO.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2311/indicacao_063-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2311/indicacao_063-2024.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um quebra molas na linha 82 KM 03 Sul, em frente a cascalheira.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2312/indicacao_064-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2312/indicacao_064-2024.pdf</t>
   </si>
   <si>
     <t>Indica instalação de tubos armicos no Rio Caixa Funda, localizado na linha 86, km 7 - lado sul, tendo em vista as recentes mudanças no local.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2320/indicacao_065-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2320/indicacao_065-2024.pdf</t>
   </si>
   <si>
     <t>Indica a recuperação da ponte da linha 102 sul no travessão para a linha 106.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2321/indicacao_066-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2321/indicacao_066-2024.pdf</t>
   </si>
   <si>
     <t>Indica a recuperação da ponte da linha 108 sul.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2322/indicacao_067-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2322/indicacao_067-2024.pdf</t>
   </si>
   <si>
     <t>Indica o patrolamento do travessão que liga o frigorifico a BR 429.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2323/indicacao_068-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2323/indicacao_068-2024.pdf</t>
   </si>
   <si>
     <t>Indica o patrolamento e cascalhamento da linha 90 sul e da noventinha.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2324/indicacao_069-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2324/indicacao_069-2024.pdf</t>
   </si>
   <si>
     <t>Indica a instalção de um quebra-molas no travessão do Sr. Antônio Vaps na linha 82 sul, no quilômetro 7.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2325/indicacao_070-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2325/indicacao_070-2024.pdf</t>
   </si>
   <si>
     <t>Indica ampliação do serviço de vacinação para incluir os dois postos de saúde de nossa cidade.</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2328/indicacao_071-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2328/indicacao_071-2024.pdf</t>
   </si>
   <si>
     <t>Indica a construção de quebra-molas na Av. Cacoal próximo ao bar do Leandro, entre as ruas Jatobá e a Seringueiras.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2338/indicacao_072-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2338/indicacao_072-2024.pdf</t>
   </si>
   <si>
     <t>Indica o concerto do semáforo localizado na Avenida Capitão Silvio.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2341/indicacao_073-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2341/indicacao_073-2024.pdf</t>
   </si>
   <si>
     <t>Indica o cascalhamento da linha 25, sentido a linha 78, carreador Paulo Cantelli.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2349/indicacao_074-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2349/indicacao_074-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao DNIT a construção de dois quebra-molas na BR-429, sendo um na saída para Alvorada e outro na saída para Seringueiras, em frente ao loteamento Cidade Jardim.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo - PEX</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1500/projeto_de_lei__001_-_2024_-_altera_o_art._2_da_lei_no_1.2362013_que_dispoe_sobre_a_doacao_de_imoveis_urbanos_ao_estado_de_rondonia_para_implantacao_a_das_instalacoes_da_policia_militar_revog.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1500/projeto_de_lei__001_-_2024_-_altera_o_art._2_da_lei_no_1.2362013_que_dispoe_sobre_a_doacao_de_imoveis_urbanos_ao_estado_de_rondonia_para_implantacao_a_das_instalacoes_da_policia_militar_revog.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 2 DA LEI Nº: 1.236/2013, QUE DISPÕE SOBRE A DOAÇÃO DE IMÓVEIS URBANOS AO ESTADO DE RONDÔNIA PARA IMPLANTAÇÃO A DAS INSTALAÇÕES DA POLÍCIA MILITAR, REVOGA A LEI 2327/2023 E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1501/projeto_de_lei_no_02_-_2024_abertura_de_credito_especial_anexos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1501/projeto_de_lei_no_02_-_2024_abertura_de_credito_especial_anexos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1502/projeto_de_lei_003_-_2024_altera_o_anexo_i_da_lei_que_autorizou_a_realizacao_de_teste_seletivo_da_educacao.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1502/projeto_de_lei_003_-_2024_altera_o_anexo_i_da_lei_que_autorizou_a_realizacao_de_teste_seletivo_da_educacao.pdf</t>
   </si>
   <si>
     <t>Altera o ANEXO I da lei 2.332/2024, e da outras providências.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1503/projeto_de_lei_no__0005_-_2024_abertuda_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1503/projeto_de_lei_no__0005_-_2024_abertuda_de_credito.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1504/projeto_de_lei_n_0006_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1504/projeto_de_lei_n_0006_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1505/projeto_de_lei_no_0007_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1505/projeto_de_lei_no_0007_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1511/projeto_de_lei_no_8_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1511/projeto_de_lei_no_8_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1512/projeto_de_lei_no_009_-_2024_programa_municipal_de_alimentacao_escolar_-_pmae.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1512/projeto_de_lei_no_009_-_2024_programa_municipal_de_alimentacao_escolar_-_pmae.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre oferta e Custeio da Alimentação Escolar nas escolas Públicas Municipais de responsabilidade do Município de São Miguel do Guaporé – RO, e dá outras providências</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1514/projeto_de_lei_n_004_-_2024_regulamento_licitacoes_-_sao_miguel.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1514/projeto_de_lei_n_004_-_2024_regulamento_licitacoes_-_sao_miguel.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação no âmbito do município de São Miguel do Guaporé, a Lei Federal nº 14.133, de 1º. de abril de 2021, que estabelece normas gerais de licitações e contratos administrativos, e consolida as Normas sobre Contratações Públicas Municipais</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1515/projeto_de_lei_no_0010_-_2024_criacao_de_superintendencia_de_licitacao.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1515/projeto_de_lei_no_0010_-_2024_criacao_de_superintendencia_de_licitacao.pdf</t>
   </si>
   <si>
     <t>CRIA A SUPEL – SUPERINTENDÊNCIA MUNICIPAL DE LICITAÇÕES NO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1516/projeto_de_lei_11_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1516/projeto_de_lei_11_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1520/projeto_de_lei_12-24.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1520/projeto_de_lei_12-24.pdf</t>
   </si>
   <si>
     <t>Modifica a lei nº 471/2023 que "Dispõe sobre a Estrutura Organizacional e o Plano de Cargos Carreira e Salários da Câmara Municipal de São Miguel do Guaporé e dá Outras Providências".</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1525/projeto_de_lei_12_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1525/projeto_de_lei_12_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1526/projeto_de_lei_no_014_-_2024_piso_salarial_agente_comunitario_de_saude..pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1526/projeto_de_lei_no_014_-_2024_piso_salarial_agente_comunitario_de_saude..pdf</t>
   </si>
   <si>
     <t>Fixa o piso salarial dos agentes comunitários de saúde e agente de endemias, de acordo com a emenda constitucional nº: 120 de 05 de maio de 2022 do Município de São Miguel do Guaporé – RO, e dá outras providências.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1536/projeto_de_lei_15-24.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1536/projeto_de_lei_15-24.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de imóveis urbanos ao Estado de Rondônia, para que a Secretaria de Estado de Justiça (SEJUS) proceda a instalação de unidades prisionais.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1537/projeto_de_lei_0015_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1537/projeto_de_lei_0015_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Sumula: Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1545/projeto_de_lei_17-24.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1545/projeto_de_lei_17-24.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Maçônica ARLS - Augusta e Respeitável Loja Maçônica, os filhos de Hiran nº 2879, de São Miguel do Guaporé.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1546/projeto_de_lei_18-24.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1546/projeto_de_lei_18-24.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o percentual máximo de consignação para fins de empréstimo aos servidores públicos ativos, aposentados e pensionistas do Poder Executivo e Lesgislativo do minicípio de São Miguel do Guaporé.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1547/projeto_de_lei_19-24.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1547/projeto_de_lei_19-24.pdf</t>
   </si>
   <si>
     <t>Modifica a lei nº 471/2003 que "Dispõe sobre a estrutura organizacional e o plano de cargos carreira e salários da Câmara Municipal de São Miguel do Guaporé e dá outras providências".</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1548/projeto_de_lei_n_16_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1548/projeto_de_lei_n_16_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1549/projeto_de_lei_no_17_-_2024_abertura_de_credito_novo.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1549/projeto_de_lei_no_17_-_2024_abertura_de_credito_novo.pdf</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1550/projeto_de_lei_no_018_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1550/projeto_de_lei_no_018_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1551/projeto_de_lei_019-2024_piso_salarial_professores_atualizado.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1551/projeto_de_lei_019-2024_piso_salarial_professores_atualizado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação da remuneração mínima da_x000D_
 classe docente do quadro do magistério da educação_x000D_
 básica ao piso salarial profissional nacional do_x000D_
 magistério público da educação básica e dá outras_x000D_
 providências</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1555/projeto_de_lei_no__0021_-_2024_abertuda_de_credito_novo.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1555/projeto_de_lei_no__0021_-_2024_abertuda_de_credito_novo.pdf</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1561/projeto_de_lei_n_022_-_2024_-_que_dispooe_sobre_a_revogacao_da_lei_municipal_de_n_2331-_2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1561/projeto_de_lei_n_022_-_2024_-_que_dispooe_sobre_a_revogacao_da_lei_municipal_de_n_2331-_2024.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL 2.331/2024 QUE ALTERA A LEI MUNICIPAL DE Nº: 921-2009 QUE ALTERA A LEI MUNICIPAL DE Nº: 202-97 DEFININDO NOVA ESTRUTURA ORGANIZACIONAL DA PREFEITURA MUNICIPAL DE SÃO MIGUEL DO GUAPORÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1562/projeto_de_lei_n_023_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1562/projeto_de_lei_n_023_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1563/projeto_de_lei_n_024_-_2024_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1563/projeto_de_lei_n_024_-_2024_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1608/projeto_da_cidade_ruas_e_bairros.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1608/projeto_da_cidade_ruas_e_bairros.pdf</t>
   </si>
   <si>
     <t>CRIA NOME DE RUAS, AVENIDAS, JÁ EXISTENTES, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1620/projeto_de_lei_-_0025_-_2024__sao_miguel_do_guapore-_fornecimento_libre.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1620/projeto_de_lei_-_0025_-_2024__sao_miguel_do_guapore-_fornecimento_libre.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A CONCEDER AOS PACIENTES COM DIABETES TIPO 1 O FORNECIMENTO DE SENSORES OU APARELHO DE MONITORAMENTO GLICÊMICO CONTINUO</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1621/projeto_de_lei_-_0024_-_2024__sao_miguel_do_guapore-_salario_medicos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1621/projeto_de_lei_-_0024_-_2024__sao_miguel_do_guapore-_salario_medicos.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL AOS PROFISSIONAIS MÉDICOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1622/projeto_de_lei__0023__2024__salario_minimo_corrigido.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1622/projeto_de_lei__0023__2024__salario_minimo_corrigido.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL DO SALÁRIO MÍNIMO NACIONAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1626/projeto_de_lei_n_32_-_2024_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1626/projeto_de_lei_n_32_-_2024_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO SUPLEMENTAR ao Orçamento_x000D_
 vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá_x000D_
 Outras Providências.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1627/projeto_de_lei_33_-_2024_-_abertura_de_crediro.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1627/projeto_de_lei_33_-_2024_-_abertura_de_crediro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL_x000D_
 ESPECIAL ao Orçamento vigente conforme art. 7º, 41_x000D_
 e 42, da Lei 4.320/64 e Dá Outras Providências</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1630/projeto_de_lei_no_028_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1630/projeto_de_lei_no_028_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1632/projeto_de_lei_0031_-_2024_-_reforma_da_previdencia.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1632/projeto_de_lei_0031_-_2024_-_reforma_da_previdencia.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A REFORMA DO REGIME_x000D_
 PRÓPRIO DE PREVIDÊNCIA NO_x000D_
 MUNICÍPIO DE SÃO MIGUEL DO_x000D_
 GUAPORÉ-RO CONFORME DETERMINA_x000D_
 A EMENDA CONSTITUCIONAL Nº 103/19,_x000D_
 E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1633/projeto_de_n_32_-_2024_-_projeto_de_lei_plano_de_armotizacao.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1633/projeto_de_n_32_-_2024_-_projeto_de_lei_plano_de_armotizacao.pdf</t>
   </si>
   <si>
     <t>Altera o Plano de Amortização para equacionamento_x000D_
 do déficit atuarial do Regime Próprio de Previdência_x000D_
 Social do Município de São Miguel do Guaporé/RO –_x000D_
 IPMSMG, conforme diretrizes emanadas pela_x000D_
 Portaria MPS nº. 1467/2022 e suas alterações, e dá_x000D_
 ouras providências.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1634/projeto_de_lei_n_33_-_2024_-_acrescenta_o_titulo_da_previdencia_na_lei_organica.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1634/projeto_de_lei_n_33_-_2024_-_acrescenta_o_titulo_da_previdencia_na_lei_organica.pdf</t>
   </si>
   <si>
     <t>“ACRESCENTA O TÍTULO DA PREVIDÊNCIA E O CAPÍTULO VI-A AO TEXTO DA LEI ORGÂNICA DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ - RO”.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1635/projeto_de_lei_no_30_-_2024_abertura_de_credito_2.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1635/projeto_de_lei_no_30_-_2024_abertura_de_credito_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL_x000D_
 SUPLEMENTAR ao Orçamento vigente conforme art. 7º, 41_x000D_
 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1636/projeto_de_lei_29_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1636/projeto_de_lei_29_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1637/projeto_de_lei_35_-_2024_-__ldo_exercicio_2025.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1637/projeto_de_lei_35_-_2024_-__ldo_exercicio_2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES_x000D_
 PARA A ELABORAÇAO DA LEI_x000D_
 ORÇAMENTÁRIA DE 2025 E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1642/projeto_de_lei_-_34_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1642/projeto_de_lei_-_34_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao Orçamento_x000D_
 vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras_x000D_
 Providências.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1643/projeto_de_lei_-_036_-_2024_-_dispoe_sobre_a_instituicao_do_servico_de_inspecao_municipal_de_produto.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1643/projeto_de_lei_-_036_-_2024_-_dispoe_sobre_a_instituicao_do_servico_de_inspecao_municipal_de_produto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL DE PRODUTOS DE ORIGEM ANIMAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1644/projeto_de_lei_no_37_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1644/projeto_de_lei_no_37_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1645/projeto_de_lei_no_40_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1645/projeto_de_lei_no_40_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1651/projeto_de_lei_45-24.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1651/projeto_de_lei_45-24.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a associação dos produtores rurais da linha 82 de São Miguel do Guaporé.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1652/projeto_de_lei_037-_2024-teste_seletivo_municipal.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1652/projeto_de_lei_037-_2024-teste_seletivo_municipal.pdf</t>
   </si>
   <si>
     <t>“Autoriza a contratação temporária de profissionais junto à Secretaria Municipal de Educação, Secretaria Municipal de Meio Ambiente e Turismo, Secretaria de Obras e Agricultura, Secretaria Municipal de Saúde e Secretaria Municipal de Trabalho e Ação Social no âmbito do Município de São Miguel Do Guaporé-RO, e da outras providências.”</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1653/projeto_de_lei_47-24.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1653/projeto_de_lei_47-24.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho Municipal da Pessoa com Deficiência.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1654/projeto_de_lei_48-24.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1654/projeto_de_lei_48-24.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho Municipal dos Direitos Humanos.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1671/projeto_de_lei_n_42_-2024_-_doacao_politec1.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1671/projeto_de_lei_n_42_-2024_-_doacao_politec1.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO_x000D_
 MUNICIPAL A DOAR TERRENO URBANO_x000D_
 PARA O SUPERINTENDÊNCIA DA POLICIA_x000D_
 TÉCNICO CIENTÍFICA – POLITEC</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1672/projeto_de_lei_-_41_-_2024_-_abertura_de_cretido_-_anexo.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1672/projeto_de_lei_-_41_-_2024_-_abertura_de_cretido_-_anexo.pdf</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1673/projeto_de_lei_-_39_-_correcao.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1673/projeto_de_lei_-_39_-_correcao.pdf</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1697/projeto_de_lei_no_43_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1697/projeto_de_lei_no_43_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1698/projeto_de_lei_no_44_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1698/projeto_de_lei_no_44_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1701/projeto_de_n_46_-_2024_-_dispoe_sobre_a_prorrogacao_dos__contratos_do_teste_seletivo.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1701/projeto_de_n_46_-_2024_-_dispoe_sobre_a_prorrogacao_dos__contratos_do_teste_seletivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR PRORROGAÇÃO DE CONTRATOS de trabalho ATÉ 31 DE DEZEMBRO DE 2024 DOS PROCESSOS SELETIVOS AUTORIZADO PELAS LEIS 2.250/2023, 2.130/2021, 2.271/2023 E 2.272/2023.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1702/projeto_de_lei_45_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1702/projeto_de_lei_45_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1781/projeto_de_lei_no_47_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1781/projeto_de_lei_no_47_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1782/projeto_de_lei_48_-_2024_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1782/projeto_de_lei_48_-_2024_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1783/projeto_de_lei_49_-_2024_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1783/projeto_de_lei_49_-_2024_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1784/projeto_de_lei_50_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1784/projeto_de_lei_50_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2143/projeto_de_lei_51_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2143/projeto_de_lei_51_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2303/projeto_de_lei_52_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2303/projeto_de_lei_52_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2304/projeto_de_lei_53_-_2024_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2304/projeto_de_lei_53_-_2024_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2305/projeto_de_lei_54_-_2024_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2305/projeto_de_lei_54_-_2024_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2306/projeto_de_lei_n_55_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2306/projeto_de_lei_n_55_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2307/projeto_de_lei_n_56_-_2024_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2307/projeto_de_lei_n_56_-_2024_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2313/projeto_de_lei_n_57_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2313/projeto_de_lei_n_57_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2314/projeto_de_lei_n_58_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2314/projeto_de_lei_n_58_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2315/projeto_de_lei_n_59_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2315/projeto_de_lei_n_59_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2316/projeto_de_lei_n_60_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2316/projeto_de_lei_n_60_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2317/projeto_de_lei_57_-_2024_loa.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2317/projeto_de_lei_57_-_2024_loa.pdf</t>
   </si>
   <si>
     <t>“ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ PARA O EXERCÍCIO FINANCEIRO DE 2025”.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2318/projeto_de_lei_61_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2318/projeto_de_lei_61_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2319/projeto_de_lei_62_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2319/projeto_de_lei_62_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2326/projeto_de_lei_73-24.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2326/projeto_de_lei_73-24.pdf</t>
   </si>
   <si>
     <t>Modifica a lei 1805/2017 que trata do auxílio alimentação na Câmara Municipal de São Miguel do Guaporé.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2327/projeto_de_lei_-_0063_-_2024_institui_viveiro_municipal_de_sao_miguel_do_guapore.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2327/projeto_de_lei_-_0063_-_2024_institui_viveiro_municipal_de_sao_miguel_do_guapore.pdf</t>
   </si>
   <si>
     <t>INSTITUI O VIVEIRO MUNICIPAL DE SÃO MIGUEL DO GUAPORÉ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2330/projeto_de_lei_064-2024_autorizacao_para_processo_seletivo.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2330/projeto_de_lei_064-2024_autorizacao_para_processo_seletivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DE TESTE SELETIVO PARA CONTRATAÇÃO TEMPORÁRIA DE PROFISSIONAIS JUNTO À SECRETARIA MUNICIPAL DE EDUCAÇÃO, SECRETARIA MUNICIPAL DE MEIO AMBIENTE E TURISMO, SECRETARIA	DE	OBRAS	E AGRICULTURA,			SECRETARIA MUNICIPAL DE SAÚDE E SECRETARIA MUNICIPAL DE TRABALHO E AÇÃO SOCIAL E SECRETARIA MUNICIPAL DE ESPORTE E CULTURA NO ÂMBITO DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ-RO, E DA OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2331/projeto_de_lei_n_066-2024_doacao_de_terrenos_associacao_tea_2.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2331/projeto_de_lei_n_066-2024_doacao_de_terrenos_associacao_tea_2.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR TERRENO E PRÉDIO URBANO PARA O ASSOCIAÇÃO GRUPO ESPECTRO DO AMOR - GEA</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2333/projeto_de_lei_n_068_-_2024_regulamentacao_de_sentido_em_ruas_e_avenidas.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2333/projeto_de_lei_n_068_-_2024_regulamentacao_de_sentido_em_ruas_e_avenidas.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REGULAMENTAÇÃO DE SENTIDO ÚNICO EM RUAS E AVENIDAS NO PERÍMETRO URBANO DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ - RO, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2332/projeto_de_lei_n_67_-_2024_auxilio_alimentacao.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2332/projeto_de_lei_n_67_-_2024_auxilio_alimentacao.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1965/2019 QUE “DISPÕE SOBRE O ESTATUTO E PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE SÃO MIGUEL DO GUAPORÉ, E DÁ OUTRAS PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2334/projeto_de_lei_n_069_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2334/projeto_de_lei_n_069_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2335/projeto_de_lei_n_071-2024_doacao_de_area_rural_paroquia_linha_108.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2335/projeto_de_lei_n_071-2024_doacao_de_area_rural_paroquia_linha_108.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR IMÓVEL RURAL PARA PAROQUIA RESSURREIÇÃO EVANGÉLICA LUTERANA DO BRASIL”</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2336/projeto_de_lei_n_072-2024_doacao_de_imovel_urbano_rotary.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2336/projeto_de_lei_n_072-2024_doacao_de_imovel_urbano_rotary.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR IMÓVEL URBANO PARA ROTARY CLUB DE SÃO MIGUEL DO GUAPORÉ</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2340/projeto_de_lei_82-24.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2340/projeto_de_lei_82-24.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei 2.385/2024 que dispõe sobre a elaboração da lei orçamentária de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2342/projeto_de_lei_n_073-2024_revoga_a_lei_municipal_que_unificou_as_secretaria_de_obras_e_agricultura.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2342/projeto_de_lei_n_073-2024_revoga_a_lei_municipal_que_unificou_as_secretaria_de_obras_e_agricultura.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REVOGAÇÃO DA LEI MUNICIPAL DE Nº: 2.330/2024, DESUNIFICADO AS SECRETARIAS DE OBRAS E SERVIÇOS PÚBLICO E SECRETARIA MUNICIPAL DE AGRICULTURA ”</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2347/projeto_de_lei_84-24.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2347/projeto_de_lei_84-24.pdf</t>
   </si>
   <si>
     <t>Cria o Local da feira livre da agricultura familiar no bairro Boa Esperança.</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2348/projeto_de_lei_-_075_-_2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2348/projeto_de_lei_-_075_-_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 2.403/2024, ACRESCENTANDO O ARTIGO 7º, PARA DETERMINAR O RESTABELECIMENTO DAS LEIS QUE CRIAM E REGULAMENTAM AS ESTRUTURAS DAS SECRETARIAS MUNICIPAIS DE OBRAS E DE AGRICULTURA, EM ESPECIAL A LEI MUNICIPAL Nº 202/1997 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2350/projeto_de_lei_76_-_2024_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2350/projeto_de_lei_76_-_2024_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2351/projeto_de_lei_no_077_-_2024_rateio_fundeb.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2351/projeto_de_lei_no_077_-_2024_rateio_fundeb.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RATEIO DAS SOBRAS DOS RECURSOS DO FUNDEB – FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DE EDUCAÇÃO E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO COM A APLICAÇÃO DE LEI 11.494/2007 AO PROFISSIONAIS DO MAGISTÉRIO DA EDUCAÇÃO BÁSICA EM EFETIVO EXERCÍCIO</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2354/projeto_de_lei_78_-_2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2354/projeto_de_lei_78_-_2024.pdf</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1506/projeto_de_resolucao_legislativa_no_001-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1506/projeto_de_resolucao_legislativa_no_001-2024.pdf</t>
   </si>
   <si>
     <t>Fixa as datas para realização das reuniões ordinárias da Câmara Municipal de São Miguel do Guaporé/RO para o exercício de 2024.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1508/projeto_de_resolucao_legislativa_no_002-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1508/projeto_de_resolucao_legislativa_no_002-2024.pdf</t>
   </si>
   <si>
     <t>Cria a Escola do Legislativo na Câmara Municipal de São Miguel do Guaporé-RO.</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2352/resolucao_legislativa_no_003-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2352/resolucao_legislativa_no_003-2024.pdf</t>
   </si>
   <si>
     <t>Institui a verba de ressarcimento de despesas relacionadas com atividade parlamentar.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2353/resolucao_legislativa_no_004-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2353/resolucao_legislativa_no_004-2024.pdf</t>
   </si>
   <si>
     <t>Institi o pagamento de auxílio saúde na Câmara Municipal de São Miguel do Guaporé.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1629/projeto_de_emenda_a_lei_organica_001-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1629/projeto_de_emenda_a_lei_organica_001-2024.pdf</t>
   </si>
   <si>
     <t>Modifica artigo da lei orgânica do município de São Miguel do Guaporé</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1542/requerimento_001-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1542/requerimento_001-2023.pdf</t>
   </si>
   <si>
     <t>Requer a moção de aplausos para os funcionários inativos do Município de São Miguel do Guaporé.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1631/requerimento_002-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1631/requerimento_002-2024.pdf</t>
   </si>
   <si>
     <t>Requer apoio ao Congresso Nacional para que defendam e votem favorável a proposta de emenda a constituição Nº 047/2023.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1649/requerimento_003-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1649/requerimento_003-2024.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza do pátio da Igreja Evangélica Assembléia de Deus Nova Canaã, na linha 82 km 02.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1650/requerimento_004-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1650/requerimento_004-2024.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza e nivelação da pista, para realização do evento da associação ADESMIG.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2308/requerimento_005-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2308/requerimento_005-2024.pdf</t>
   </si>
   <si>
     <t>Requer seja atendido o pequeno produtor com tubulação de manilhas dentro de suas propriedades rurais.</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2339/requerimento_006-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2339/requerimento_006-2024.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos a Srª. Genislaine da Silva Santos.</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2345/requerimento_007-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2345/requerimento_007-2024.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao atleta André Henrique Simplício Dantas.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2346/requerimento_008-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2346/requerimento_008-2024.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Senilson Borcardt.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>ATPL</t>
   </si>
   <si>
     <t>Anteprojeto de lei</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1518/anteprojeto_001-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1518/anteprojeto_001-2024.pdf</t>
   </si>
   <si>
     <t>Institui a divisão de vigilância sanitária na secretaria municiapal de saúde, o código de vigilância sanitária do município de São Miguel do Guaporé/RO, altera a lei municipal n° 1.080/2011 e dá outras providências.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1540/anteprojeto_002-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1540/anteprojeto_002-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de serviço de autônomos e efetivos de profissional em Técnico de Enfermagem, Técnico de Laboratório, Técnico de Rodiologia, Enfermeiro e Farmacêutico em regime de plantão, nas unidades de saúde no município de São Miguel do Guaporé e da outras providências</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1558/anteprojeto_003-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1558/anteprojeto_003-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a conceder aos pacientes com diabetes tipo 1 o fornecimento de sensores ou aparelho de monitoramento glicêmico contínuo.</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2025/anteprojeto_004-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2025/anteprojeto_004-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre O Conselho Municipal dos Direitos Humanos.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2026/anteprojeto_005-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2026/anteprojeto_005-2024.pdf</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>ECJR</t>
   </si>
   <si>
     <t>Emenda da Comissão de Justiça e Redação</t>
   </si>
   <si>
     <t>CPJR - COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1519/parecer_plo_009-2024_jr_emenda_modificativa.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1519/parecer_plo_009-2024_jr_emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao projeto nº 009/2024 (SAPL) que "Dispõe sobre a regulamentação no âmbito do município de São Miguel do Guaporé, a Lei Federal nº 14.133, de 1º. de abril de 2021, que estabelece normas gerais de licitações e contratos administrativos, e consolida as Normas sobre Contratações Públicas Municipais".</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1532/parecer_plo_014-2024_jr_emenda_modificativa.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1532/parecer_plo_014-2024_jr_emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao projeto nº 014/2024 (SAPL) que "Fixa o piso salarial dos agentes comunitários de saúde e agente de endemias, de acordo com a emenda constitucional nº: 120 de 05 de maio de 2022 do Município de São Miguel do Guaporé – RO, e dá outras providências".</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2191/parecer_plo_037-2024_jr_emenda_modificativa.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2191/parecer_plo_037-2024_jr_emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa e supressiva ao projeto nº 037/2024 (SAPL) que "ACRESCENTA O TÍTULO DA PREVIDÊNCIA E O CAPÍTULO VI-A AO TEXTO DA LEI ORGÂNICA DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ - RO”.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2329/parecer_plo_035-2024_jr.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2329/parecer_plo_035-2024_jr.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa e supressiva e aditiva ao projeto nº 035/2024 (SAPL) que “INSTITUI A REFORMA DO REGIME PRÓPRIO DE PREVIDÊNCIA NO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ-RO CONFORME DETERMINA A EMENDA CONSTITUCIONAL Nº 103/19, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2343/parecer_plo_078-2024_jr_emenda_modificativa.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2343/parecer_plo_078-2024_jr_emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa projeto nº 078/2024 (SAPL) que “ALTERA A LEI Nº 1965/2019 QUE “DISPÕE SOBRE O ESTATUTO E PLANO DE CARGOS, CARREIRA E REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE SÃO MIGUEL DO GUAPORÉ, E DÁ OUTRAS PROVIDENCIAS.”</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2357/parecer_plo_075-2024_jr_com_emendas_substitutivas.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2357/parecer_plo_075-2024_jr_com_emendas_substitutivas.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa projeto nº 075/2024 (SAPL) que “AUTORIZA A REALIZAÇÃO DE TESTE SELETIVO PARA CONTRATAÇÃO TEMPORÁRIA DE PROFISSIONAIS JUNTO À SECRETARIA MUNICIPAL DE EDUCAÇÃO, SECRETARIA MUNICIPAL DE MEIO AMBIENTE E TURISMO, SECRETARIA DE OBRAS E AGRICULTURA, SECRETARIA MUNICIPAL DE SAÚDE E SECRETARIA MUNICIPAL DE TRABALHO E AÇÃO SOCIAL E SECRETARIA MUNICIPAL DE ESPORTE E CULTURA NO AMBITO DO MUNICIPIO DE SÃO MIGUEL DO GUAPORÉ-RO, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>ECFO</t>
   </si>
   <si>
     <t>Emenda da Comissão de Finança e Orçamento</t>
   </si>
   <si>
     <t>CPFO - COMISSÃO PERMANENTE DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2344/parecer_plo_078-2024_fo_emenda_modificativa.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2344/parecer_plo_078-2024_fo_emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2356/parecer_plo_070-2024_fo_emenda_aditiva.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2356/parecer_plo_070-2024_fo_emenda_aditiva.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva ao projeto nº 070/2024 (SAPL) que “ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ PARA O EXERCÍCIO FINANCEIRO DE 2025”.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>PERI</t>
   </si>
   <si>
     <t>Projeto de Emenda ao Regimento Interno</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1628/projeto_de_emenda_ao_regimento_interno_001-2024.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1628/projeto_de_emenda_ao_regimento_interno_001-2024.pdf</t>
   </si>
   <si>
     <t>Modifica Artigos do Regimento Interno da Câmara Municipal de São Miguel do Guaporé</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>VLO</t>
   </si>
   <si>
     <t>VETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Cornelio Duarte de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1564/veto_as_leis_2351-24_e_2352-24.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1564/veto_as_leis_2351-24_e_2352-24.pdf</t>
   </si>
   <si>
     <t>Veto total a lei municipal 2351/2024, , “Que Cria ruas, avenidas, modifica denominações já existentes, e dá outras providências;</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1565/veto_as_leis_2351-24_e_2352-24.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1565/veto_as_leis_2351-24_e_2352-24.pdf</t>
   </si>
   <si>
     <t>Veto total a lei municipal 2352/2024, “que  Nomeia os bairros da Cidade de São Miguel do Guaporé e da Outras Providências”</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
     <t>EI</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2355/emendas_impositivas_01-28.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2355/emendas_impositivas_01-28.pdf</t>
   </si>
   <si>
     <t>Emendas Impositivas 01 à 28</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2395,51 +2395,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1507/indicacao_001-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1509/indicacao_002-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1510/indicacao_003-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1513/indicacao_004-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1517/indicacao_005-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1521/indicacao_006-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1522/indicacao_007-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1523/indicacao_008-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1524/indicacao_009-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1527/indicacao_010-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1528/indicacao_011-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1529/indicacao_012-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1530/indicacao_013-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1531/indicacao_014-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1533/indicacao_015-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1534/indicacao_016-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1535/indicacao_017-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1538/indicacao_018-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1539/indicacao_019-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1541/indicacao_020-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1543/indicacao_021-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1544/indicacao_022-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1552/indicacao_023-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1553/indicacao_024-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1554/indicacao_025-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1557/indicacao_026-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1559/indicacao_027-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1560/indicacao_028-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1566/indicacao_029-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1567/indicacao_030-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1568/indicacao_031-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1599/indicacao_032-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1601/indicacao_033-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1604/indicacao_034-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1623/indicacao_035-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1624/indicacao_036-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1625/indicacao_037-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1638/indicacao_038-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1639/indicacao_039-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1640/indicacao_040-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1641/indicacao_041-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1646/indicacao_042-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1647/indicacao_043-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1648/indicacao_044-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1670/indicacao_045-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1695/indicacao_046-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1696/indicacao_047-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1699/indicacao_048-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1700/indicacao_49-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1703/indicacao_50-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1751/indicacao_051-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1752/indicacao_052-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1785/indicacao_053-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1909/indicacao_054-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2032/indicacao_055-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2157/indicacao_056-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2158/indicacao_057-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2160/indicacao_058-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2301/indicacao_059-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2302/indicacao_060-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2309/indicacao_061-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2310/indicacao_062-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2311/indicacao_063-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2312/indicacao_064-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2320/indicacao_065-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2321/indicacao_066-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2322/indicacao_067-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2323/indicacao_068-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2324/indicacao_069-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2325/indicacao_070-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2328/indicacao_071-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2338/indicacao_072-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2341/indicacao_073-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2349/indicacao_074-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1500/projeto_de_lei__001_-_2024_-_altera_o_art._2_da_lei_no_1.2362013_que_dispoe_sobre_a_doacao_de_imoveis_urbanos_ao_estado_de_rondonia_para_implantacao_a_das_instalacoes_da_policia_militar_revog.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1501/projeto_de_lei_no_02_-_2024_abertura_de_credito_especial_anexos.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1502/projeto_de_lei_003_-_2024_altera_o_anexo_i_da_lei_que_autorizou_a_realizacao_de_teste_seletivo_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1503/projeto_de_lei_no__0005_-_2024_abertuda_de_credito.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1504/projeto_de_lei_n_0006_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1505/projeto_de_lei_no_0007_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1511/projeto_de_lei_no_8_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1512/projeto_de_lei_no_009_-_2024_programa_municipal_de_alimentacao_escolar_-_pmae.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1514/projeto_de_lei_n_004_-_2024_regulamento_licitacoes_-_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1515/projeto_de_lei_no_0010_-_2024_criacao_de_superintendencia_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1516/projeto_de_lei_11_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1520/projeto_de_lei_12-24.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1525/projeto_de_lei_12_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1526/projeto_de_lei_no_014_-_2024_piso_salarial_agente_comunitario_de_saude..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1536/projeto_de_lei_15-24.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1537/projeto_de_lei_0015_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1545/projeto_de_lei_17-24.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1546/projeto_de_lei_18-24.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1547/projeto_de_lei_19-24.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1548/projeto_de_lei_n_16_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1549/projeto_de_lei_no_17_-_2024_abertura_de_credito_novo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1550/projeto_de_lei_no_018_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1551/projeto_de_lei_019-2024_piso_salarial_professores_atualizado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1555/projeto_de_lei_no__0021_-_2024_abertuda_de_credito_novo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1561/projeto_de_lei_n_022_-_2024_-_que_dispooe_sobre_a_revogacao_da_lei_municipal_de_n_2331-_2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1562/projeto_de_lei_n_023_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1563/projeto_de_lei_n_024_-_2024_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1608/projeto_da_cidade_ruas_e_bairros.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1620/projeto_de_lei_-_0025_-_2024__sao_miguel_do_guapore-_fornecimento_libre.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1621/projeto_de_lei_-_0024_-_2024__sao_miguel_do_guapore-_salario_medicos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1622/projeto_de_lei__0023__2024__salario_minimo_corrigido.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1626/projeto_de_lei_n_32_-_2024_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1627/projeto_de_lei_33_-_2024_-_abertura_de_crediro.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1630/projeto_de_lei_no_028_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1632/projeto_de_lei_0031_-_2024_-_reforma_da_previdencia.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1633/projeto_de_n_32_-_2024_-_projeto_de_lei_plano_de_armotizacao.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1634/projeto_de_lei_n_33_-_2024_-_acrescenta_o_titulo_da_previdencia_na_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1635/projeto_de_lei_no_30_-_2024_abertura_de_credito_2.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1636/projeto_de_lei_29_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1637/projeto_de_lei_35_-_2024_-__ldo_exercicio_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1642/projeto_de_lei_-_34_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1643/projeto_de_lei_-_036_-_2024_-_dispoe_sobre_a_instituicao_do_servico_de_inspecao_municipal_de_produto.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1644/projeto_de_lei_no_37_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1645/projeto_de_lei_no_40_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1651/projeto_de_lei_45-24.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1652/projeto_de_lei_037-_2024-teste_seletivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1653/projeto_de_lei_47-24.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1654/projeto_de_lei_48-24.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1671/projeto_de_lei_n_42_-2024_-_doacao_politec1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1672/projeto_de_lei_-_41_-_2024_-_abertura_de_cretido_-_anexo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1673/projeto_de_lei_-_39_-_correcao.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1697/projeto_de_lei_no_43_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1698/projeto_de_lei_no_44_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1701/projeto_de_n_46_-_2024_-_dispoe_sobre_a_prorrogacao_dos__contratos_do_teste_seletivo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1702/projeto_de_lei_45_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1781/projeto_de_lei_no_47_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1782/projeto_de_lei_48_-_2024_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1783/projeto_de_lei_49_-_2024_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1784/projeto_de_lei_50_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2143/projeto_de_lei_51_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2303/projeto_de_lei_52_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2304/projeto_de_lei_53_-_2024_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2305/projeto_de_lei_54_-_2024_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2306/projeto_de_lei_n_55_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2307/projeto_de_lei_n_56_-_2024_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2313/projeto_de_lei_n_57_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2314/projeto_de_lei_n_58_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2315/projeto_de_lei_n_59_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2316/projeto_de_lei_n_60_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2317/projeto_de_lei_57_-_2024_loa.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2318/projeto_de_lei_61_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2319/projeto_de_lei_62_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2326/projeto_de_lei_73-24.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2327/projeto_de_lei_-_0063_-_2024_institui_viveiro_municipal_de_sao_miguel_do_guapore.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2330/projeto_de_lei_064-2024_autorizacao_para_processo_seletivo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2331/projeto_de_lei_n_066-2024_doacao_de_terrenos_associacao_tea_2.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2333/projeto_de_lei_n_068_-_2024_regulamentacao_de_sentido_em_ruas_e_avenidas.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2332/projeto_de_lei_n_67_-_2024_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2334/projeto_de_lei_n_069_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2335/projeto_de_lei_n_071-2024_doacao_de_area_rural_paroquia_linha_108.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2336/projeto_de_lei_n_072-2024_doacao_de_imovel_urbano_rotary.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2340/projeto_de_lei_82-24.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2342/projeto_de_lei_n_073-2024_revoga_a_lei_municipal_que_unificou_as_secretaria_de_obras_e_agricultura.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2347/projeto_de_lei_84-24.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2348/projeto_de_lei_-_075_-_2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2350/projeto_de_lei_76_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2351/projeto_de_lei_no_077_-_2024_rateio_fundeb.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2354/projeto_de_lei_78_-_2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1506/projeto_de_resolucao_legislativa_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1508/projeto_de_resolucao_legislativa_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2352/resolucao_legislativa_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2353/resolucao_legislativa_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1629/projeto_de_emenda_a_lei_organica_001-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1542/requerimento_001-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1631/requerimento_002-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1649/requerimento_003-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1650/requerimento_004-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2308/requerimento_005-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2339/requerimento_006-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2345/requerimento_007-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2346/requerimento_008-2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1518/anteprojeto_001-2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1540/anteprojeto_002-2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1558/anteprojeto_003-2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2025/anteprojeto_004-2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2026/anteprojeto_005-2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1519/parecer_plo_009-2024_jr_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1532/parecer_plo_014-2024_jr_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2191/parecer_plo_037-2024_jr_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2329/parecer_plo_035-2024_jr.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2343/parecer_plo_078-2024_jr_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2357/parecer_plo_075-2024_jr_com_emendas_substitutivas.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2344/parecer_plo_078-2024_fo_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2356/parecer_plo_070-2024_fo_emenda_aditiva.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1628/projeto_de_emenda_ao_regimento_interno_001-2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1564/veto_as_leis_2351-24_e_2352-24.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1565/veto_as_leis_2351-24_e_2352-24.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2355/emendas_impositivas_01-28.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1507/indicacao_001-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1509/indicacao_002-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1510/indicacao_003-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1513/indicacao_004-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1517/indicacao_005-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1521/indicacao_006-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1522/indicacao_007-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1523/indicacao_008-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1524/indicacao_009-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1527/indicacao_010-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1528/indicacao_011-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1529/indicacao_012-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1530/indicacao_013-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1531/indicacao_014-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1533/indicacao_015-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1534/indicacao_016-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1535/indicacao_017-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1538/indicacao_018-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1539/indicacao_019-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1541/indicacao_020-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1543/indicacao_021-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1544/indicacao_022-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1552/indicacao_023-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1553/indicacao_024-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1554/indicacao_025-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1557/indicacao_026-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1559/indicacao_027-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1560/indicacao_028-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1566/indicacao_029-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1567/indicacao_030-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1568/indicacao_031-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1599/indicacao_032-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1601/indicacao_033-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1604/indicacao_034-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1623/indicacao_035-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1624/indicacao_036-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1625/indicacao_037-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1638/indicacao_038-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1639/indicacao_039-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1640/indicacao_040-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1641/indicacao_041-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1646/indicacao_042-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1647/indicacao_043-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1648/indicacao_044-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1670/indicacao_045-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1695/indicacao_046-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1696/indicacao_047-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1699/indicacao_048-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1700/indicacao_49-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1703/indicacao_50-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1751/indicacao_051-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1752/indicacao_052-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1785/indicacao_053-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1909/indicacao_054-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2032/indicacao_055-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2157/indicacao_056-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2158/indicacao_057-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2160/indicacao_058-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2301/indicacao_059-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2302/indicacao_060-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2309/indicacao_061-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2310/indicacao_062-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2311/indicacao_063-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2312/indicacao_064-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2320/indicacao_065-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2321/indicacao_066-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2322/indicacao_067-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2323/indicacao_068-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2324/indicacao_069-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2325/indicacao_070-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2328/indicacao_071-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2338/indicacao_072-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2341/indicacao_073-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2349/indicacao_074-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1500/projeto_de_lei__001_-_2024_-_altera_o_art._2_da_lei_no_1.2362013_que_dispoe_sobre_a_doacao_de_imoveis_urbanos_ao_estado_de_rondonia_para_implantacao_a_das_instalacoes_da_policia_militar_revog.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1501/projeto_de_lei_no_02_-_2024_abertura_de_credito_especial_anexos.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1502/projeto_de_lei_003_-_2024_altera_o_anexo_i_da_lei_que_autorizou_a_realizacao_de_teste_seletivo_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1503/projeto_de_lei_no__0005_-_2024_abertuda_de_credito.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1504/projeto_de_lei_n_0006_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1505/projeto_de_lei_no_0007_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1511/projeto_de_lei_no_8_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1512/projeto_de_lei_no_009_-_2024_programa_municipal_de_alimentacao_escolar_-_pmae.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1514/projeto_de_lei_n_004_-_2024_regulamento_licitacoes_-_sao_miguel.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1515/projeto_de_lei_no_0010_-_2024_criacao_de_superintendencia_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1516/projeto_de_lei_11_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1520/projeto_de_lei_12-24.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1525/projeto_de_lei_12_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1526/projeto_de_lei_no_014_-_2024_piso_salarial_agente_comunitario_de_saude..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1536/projeto_de_lei_15-24.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1537/projeto_de_lei_0015_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1545/projeto_de_lei_17-24.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1546/projeto_de_lei_18-24.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1547/projeto_de_lei_19-24.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1548/projeto_de_lei_n_16_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1549/projeto_de_lei_no_17_-_2024_abertura_de_credito_novo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1550/projeto_de_lei_no_018_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1551/projeto_de_lei_019-2024_piso_salarial_professores_atualizado.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1555/projeto_de_lei_no__0021_-_2024_abertuda_de_credito_novo.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1561/projeto_de_lei_n_022_-_2024_-_que_dispooe_sobre_a_revogacao_da_lei_municipal_de_n_2331-_2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1562/projeto_de_lei_n_023_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1563/projeto_de_lei_n_024_-_2024_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1608/projeto_da_cidade_ruas_e_bairros.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1620/projeto_de_lei_-_0025_-_2024__sao_miguel_do_guapore-_fornecimento_libre.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1621/projeto_de_lei_-_0024_-_2024__sao_miguel_do_guapore-_salario_medicos.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1622/projeto_de_lei__0023__2024__salario_minimo_corrigido.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1626/projeto_de_lei_n_32_-_2024_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1627/projeto_de_lei_33_-_2024_-_abertura_de_crediro.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1630/projeto_de_lei_no_028_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1632/projeto_de_lei_0031_-_2024_-_reforma_da_previdencia.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1633/projeto_de_n_32_-_2024_-_projeto_de_lei_plano_de_armotizacao.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1634/projeto_de_lei_n_33_-_2024_-_acrescenta_o_titulo_da_previdencia_na_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1635/projeto_de_lei_no_30_-_2024_abertura_de_credito_2.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1636/projeto_de_lei_29_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1637/projeto_de_lei_35_-_2024_-__ldo_exercicio_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1642/projeto_de_lei_-_34_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1643/projeto_de_lei_-_036_-_2024_-_dispoe_sobre_a_instituicao_do_servico_de_inspecao_municipal_de_produto.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1644/projeto_de_lei_no_37_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1645/projeto_de_lei_no_40_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1651/projeto_de_lei_45-24.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1652/projeto_de_lei_037-_2024-teste_seletivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1653/projeto_de_lei_47-24.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1654/projeto_de_lei_48-24.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1671/projeto_de_lei_n_42_-2024_-_doacao_politec1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1672/projeto_de_lei_-_41_-_2024_-_abertura_de_cretido_-_anexo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1673/projeto_de_lei_-_39_-_correcao.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1697/projeto_de_lei_no_43_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1698/projeto_de_lei_no_44_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1701/projeto_de_n_46_-_2024_-_dispoe_sobre_a_prorrogacao_dos__contratos_do_teste_seletivo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1702/projeto_de_lei_45_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1781/projeto_de_lei_no_47_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1782/projeto_de_lei_48_-_2024_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1783/projeto_de_lei_49_-_2024_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1784/projeto_de_lei_50_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2143/projeto_de_lei_51_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2303/projeto_de_lei_52_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2304/projeto_de_lei_53_-_2024_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2305/projeto_de_lei_54_-_2024_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2306/projeto_de_lei_n_55_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2307/projeto_de_lei_n_56_-_2024_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2313/projeto_de_lei_n_57_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2314/projeto_de_lei_n_58_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2315/projeto_de_lei_n_59_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2316/projeto_de_lei_n_60_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2317/projeto_de_lei_57_-_2024_loa.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2318/projeto_de_lei_61_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2319/projeto_de_lei_62_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2326/projeto_de_lei_73-24.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2327/projeto_de_lei_-_0063_-_2024_institui_viveiro_municipal_de_sao_miguel_do_guapore.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2330/projeto_de_lei_064-2024_autorizacao_para_processo_seletivo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2331/projeto_de_lei_n_066-2024_doacao_de_terrenos_associacao_tea_2.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2333/projeto_de_lei_n_068_-_2024_regulamentacao_de_sentido_em_ruas_e_avenidas.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2332/projeto_de_lei_n_67_-_2024_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2334/projeto_de_lei_n_069_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2335/projeto_de_lei_n_071-2024_doacao_de_area_rural_paroquia_linha_108.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2336/projeto_de_lei_n_072-2024_doacao_de_imovel_urbano_rotary.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2340/projeto_de_lei_82-24.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2342/projeto_de_lei_n_073-2024_revoga_a_lei_municipal_que_unificou_as_secretaria_de_obras_e_agricultura.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2347/projeto_de_lei_84-24.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2348/projeto_de_lei_-_075_-_2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2350/projeto_de_lei_76_-_2024_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2351/projeto_de_lei_no_077_-_2024_rateio_fundeb.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2354/projeto_de_lei_78_-_2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1506/projeto_de_resolucao_legislativa_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1508/projeto_de_resolucao_legislativa_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2352/resolucao_legislativa_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2353/resolucao_legislativa_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1629/projeto_de_emenda_a_lei_organica_001-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1542/requerimento_001-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1631/requerimento_002-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1649/requerimento_003-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1650/requerimento_004-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2308/requerimento_005-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2339/requerimento_006-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2345/requerimento_007-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2346/requerimento_008-2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1518/anteprojeto_001-2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1540/anteprojeto_002-2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1558/anteprojeto_003-2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2025/anteprojeto_004-2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2026/anteprojeto_005-2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1519/parecer_plo_009-2024_jr_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1532/parecer_plo_014-2024_jr_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2191/parecer_plo_037-2024_jr_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2329/parecer_plo_035-2024_jr.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2343/parecer_plo_078-2024_jr_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2357/parecer_plo_075-2024_jr_com_emendas_substitutivas.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2344/parecer_plo_078-2024_fo_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2356/parecer_plo_070-2024_fo_emenda_aditiva.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1628/projeto_de_emenda_ao_regimento_interno_001-2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1564/veto_as_leis_2351-24_e_2352-24.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/1565/veto_as_leis_2351-24_e_2352-24.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2024/2355/emendas_impositivas_01-28.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H193"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="66.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>