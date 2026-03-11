--- v0 (2025-12-14)
+++ v1 (2026-03-11)
@@ -54,3677 +54,3677 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
     <t>CPFO - COMISSÃO PERMANENTE DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1188/parecer_plo_014-2023_fo.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1188/parecer_plo_014-2023_fo.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva ao projeto nº 014/2023 (SAPL).</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>Genivaldo Martins</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1140/indicacao_001-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1140/indicacao_001-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo seja implantando o cartão auxilio alimentação, bem como, reajustado o valor mensal para todos o funcionários do município.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1141/indicacao_002-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1141/indicacao_002-2023.pdf</t>
   </si>
   <si>
     <t>Indica a Secretária de Saúde, seja realizado Mutirão de cirurgias eletivas no nosso município.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1142/indicacao_003-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1142/indicacao_003-2023.pdf</t>
   </si>
   <si>
     <t>Indica a administração municipal, seja feito um portal de entrada da cidade no RO 481 próximo à empresa JBS.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1143/indicacao_004-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1143/indicacao_004-2023.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Educação, estenda o atendimento da creche municipal para todas as escolas municipais da zona rural do nosso município.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1144/indicacao_005-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1144/indicacao_005-2023.pdf</t>
   </si>
   <si>
     <t>Indica a administração municipal, seja construída em caráter de urgência, banheiros sanitários e vestiário na Quadra Municipal da distrito de Santana do Guaporé.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Remy Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1151/indicacao_006-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1151/indicacao_006-2023.pdf</t>
   </si>
   <si>
     <t>Reajuste Salarial dos professores</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1152/indicacao_007-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1152/indicacao_007-2023.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Esporte que realize campeonato de Futebol Society com todas as categorias.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Leandro</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1153/indicacao_008-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1153/indicacao_008-2023.pdf</t>
   </si>
   <si>
     <t>Indica, seja implantado, no distrito de Santana do Guaporé, 02 km de asfalto</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1154/indicacao_009-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1154/indicacao_009-2023.pdf</t>
   </si>
   <si>
     <t>Indica, seja implantada pista asfáltica de caminhada, nas laterais da Praça de Santana.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1155/indicacao_010-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1155/indicacao_010-2023.pdf</t>
   </si>
   <si>
     <t>Indica a Administração Municipal que seja construída em caráter de urgência duas salas de aulas na comunidade dos Quilombolas</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1156/indicacao_011-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1156/indicacao_011-2023.pdf</t>
   </si>
   <si>
     <t>Indica à Administração Municipal que providencie em caráter de urgência, residência para comandante da Polícia Militar.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1157/indicacao_012-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1157/indicacao_012-2023.pdf</t>
   </si>
   <si>
     <t>Indica a implantação de iluminação pública na Avenida José Dias e Marechal Rondon, distrito de Santana do Guaporé</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1158/indicacao_013-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1158/indicacao_013-2023.pdf</t>
   </si>
   <si>
     <t>Indica o nome de Ângelo Boff para nominar a praça municipal do distrito de Santana do Guaporé</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Edimar</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1161/indicacao_014-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1161/indicacao_014-2023.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria Municipal de Obras realize limpeza no pátio do Centro de Saúde Planalto, em São Miguel do Guaporé - RO.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1162/indicacao_015-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1162/indicacao_015-2023.pdf</t>
   </si>
   <si>
     <t>Indica a construção de meio fio em todas as ruas e avenidas que foram asfaltadas recentemente, em São Miguel do Guaporé - RO.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Vagner</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1171/indicacao_016-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1171/indicacao_016-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que realize o cascalhamento na rua Cecilia, setor chacareiro (sentido  chácara do capagato)</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1172/indicacao_017-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1172/indicacao_017-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo realize o desenvolvimento de mecanismo por aplicativo, ou plataforma equivalente, junto ao município de São Miguel do Guaporé-RO, visando o agendamento de consultas médicas e exames junto ao laboratório municipal.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1174/indicacao_018-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1174/indicacao_018-2023.pdf</t>
   </si>
   <si>
     <t>Indica reajuste salarial dos funcionários publico municipal.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1175/indicacao_019-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1175/indicacao_019-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao poder executivo, realize o patrolamento e cascalhamento da linha 11, sentido Santana do Guaporé</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1176/indicacao_020-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1176/indicacao_020-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo realize reajuste nos valores das diárias de campo dos servidores da Secretaria de Obras e Agricultura.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Valmir</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1177/indicacao_021-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1177/indicacao_021-2023.pdf</t>
   </si>
   <si>
     <t>Requer à Secretaria de Obras realize a limpeza da área da cooperativa COOPRAF, terreno localizado na RO 481, atrás do curral da sede do leilão direito de viver.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Celma Mesabarba</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1179/indicacao_022-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1179/indicacao_022-2023.pdf</t>
   </si>
   <si>
     <t>Indica a compra de um carro para o postinho de Saúde de Santana do Guaporé</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1180/indicacao_023-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1180/indicacao_023-2023.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de uma sala de telemedicina.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1184/indicacao_024-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1184/indicacao_024-2023.pdf</t>
   </si>
   <si>
     <t>Indica a Administração municipal, através da Secretaria de Obras que seja feito um quebra molas na Avenida Presidente Vargas 516, frente a igreja Assembléia de Deus Ministério Madureira,  em caráter de urgência.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1185/indicacao_025-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1185/indicacao_025-2023.pdf</t>
   </si>
   <si>
     <t>Requer a Secretaria de Obras realize serviço de aterro em frente a Mercearia Santa, localizada na Avenida Coronel Jorge Teixeira, esquina com a Rua das Acácias.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1189/indicacao_026-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1189/indicacao_026-2023.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de um Playground na Escola Primavera em Santana do Guaporé.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1192/indicacao_027-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1192/indicacao_027-2023.pdf</t>
   </si>
   <si>
     <t>Indicaque a Secretaria Municipal de Obras faça uma faixa de pedestre na Avenida São Paulo, em frente ao IDARON, em São Miguel do Guaporé - RO.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1195/indicacao_028-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1195/indicacao_028-2023.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Administração que dê continuidade a iluminação de led na Avenida São Paulo estendendo ate o bairro terra nova.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1196/indicacao_029-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1196/indicacao_029-2023.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Administração que dê continuidade a iluminação de led na Avenida Cacoal estendendo ate o bairro terra nova.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1197/indicacao_030-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1197/indicacao_030-2023.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Administração que dê continuidade a iluminação de led na Avenida JK estendendo ate o bairro terra nova.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1198/indicacao_031-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1198/indicacao_031-2023.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Administração que dê continuidade a iluminação de led na Avenida Presidente Kennedy estendendo ate o bairro terra nova.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1199/indicacao_032-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1199/indicacao_032-2023.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Administração que dê continuidade a iluminação de led na Avenida Capitão Silvio estendendo ate o bairro terra nova.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1202/indicacao_033-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1202/indicacao_033-2023.pdf</t>
   </si>
   <si>
     <t>Requer à Secretaria de Obras realize serviço de um quebra-molas na Avenida Capitão Silvio, entre a Rua Mogno e Rua Angelim</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1203/indicacao_034-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1203/indicacao_034-2023.pdf</t>
   </si>
   <si>
     <t>Requer à Secretaria de Obras realize serviço de um quebra-molas na LH 82 próximo ao estabelecimento do Geyson Projetos Acústicos.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1207/indicacao_035-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1207/indicacao_035-2023.pdf</t>
   </si>
   <si>
     <t>Indica a pintura de uma faixa de pedestre, ligando o Hotel Bem Fica com a oficina Quem-Quem Motos e Motores.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1208/indicacao_036-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1208/indicacao_036-2023.pdf</t>
   </si>
   <si>
     <t>Indica que seja feita a coleta de lixo até o final do primeiro travessão na LH 25, sentido Frigorífico, lado direito.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1209/indicacao_037-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1209/indicacao_037-2023.pdf</t>
   </si>
   <si>
     <t>Indica a eabertura da Biblioteca Municipal, com urgência.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1210/indicacao_038-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1210/indicacao_038-2023.pdf</t>
   </si>
   <si>
     <t>Indica que o transporte escolar adentre no primeiro travessão na LH25, sentido Frigorífico, lado direito até o final.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1211/indicacao_039-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1211/indicacao_039-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo faça um quebra mola na rua Caribamba com a avenida JK.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1220/indicacao_040-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1220/indicacao_040-2023.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de iluminação de LED nas avenidas: José Dias e Marechal Rondon, no Distrito de Santana do Guaporé.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1221/indicacao_041-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1221/indicacao_041-2023.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um quebra-mola no Distrito de Santana do Guaporé na Avenida José Dias da Silva.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1218/indicacao_042-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1218/indicacao_042-2023.pdf</t>
   </si>
   <si>
     <t>Aumento e equiparação do auxilio alimentação dos servidores públicos.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Arilson Valério</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1219/indicacao_043-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1219/indicacao_043-2023.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um quebra-molas em frente a conveniência Ilha Gelada na avenida São Paulo.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1230/indicacao_044-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1230/indicacao_044-2023.pdf</t>
   </si>
   <si>
     <t>Indica a disponibização de um clínico geral, para atender na UBS José Dias, em Santana do Guaporé.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Fabiano</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1225/indicacao_045-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1225/indicacao_045-2023.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de dois distribuidores de Calcário para a Secretaria de Agricultura.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1226/indicacao_046-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1226/indicacao_046-2023.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de uma escolinha de futebol de campo para São Miguel do Guaporé.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1229/indicacao_047-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1229/indicacao_047-2023.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um quebra-molas com passagem de pedestres, em frente ao templo sede da Igreja Assembléia de Deus na avenida São Paulo.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1231/indicacao_048-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1231/indicacao_048-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Ececutivo faça um paliativo na estrada vicinal da linha 90 sul.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1232/indicacao_049-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1232/indicacao_049-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que realize um paliativo em todas as estradas vicinais do nosso município.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1233/indicacao_050-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1233/indicacao_050-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo faça  quebra-molas na Avenida Capitão Silvio.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1236/indicacao_051-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1236/indicacao_051-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo realize recuperação nos travessões de todas linhas vicinais.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1240/indicacao_052-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1240/indicacao_052-2023.pdf</t>
   </si>
   <si>
     <t>Instalação de placas e logradouros em toda extensão urbana do município.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1246/indicacao_053-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1246/indicacao_053-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo construa uma rampa elevada em frente ao portão da Escola Lazara Alves de Lima.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1247/indicacao_054-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1247/indicacao_054-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo realize o patrolamento na linha 82 norte.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1248/indicacao_055-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1248/indicacao_055-2023.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de detector de metal nas escolas do município e segurança armada.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1250/indicacao_056-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1250/indicacao_056-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que coloque câmeras de monitoramento em todas as escolas do município.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1251/indicacao_057-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1251/indicacao_057-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo realize contratação de vigilantes armados nas escolas com detector de metais.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1253/indicacao_058-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1253/indicacao_058-2023.pdf</t>
   </si>
   <si>
     <t>Indica o reajuste salarial e criação do vale alimentação aos membros do conselho tutelar.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1257/indicacao_059-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1257/indicacao_059-2023.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo realize limpeza nas ruas retirando entulhos.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1258/indicacao_060-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1258/indicacao_060-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que tome providências na organização e limpeza do ginásio de esporte planalto.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1259/indicacao_061-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1259/indicacao_061-2023.pdf</t>
   </si>
   <si>
     <t>Indica o patrolamento e cascalhamento nos pontos crítico no loteamento do Marcão no município de São Miguel do Guaporé.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1260/indicacao_062-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1260/indicacao_062-2023.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Educação a realização de palestras com profissionais e concursos com premiações nas escolas do município.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1261/indicacao_063-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1261/indicacao_063-2023.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Educação a criação de salas de informática em todas as escolas municipais.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1262/indicacao_064-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1262/indicacao_064-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que realize limpeza da área onde será realizado o 16º campeonato de pesca, que acontecerá no dia 30 de abril de 2023.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1263/indicacao_065-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1263/indicacao_065-2023.pdf</t>
   </si>
   <si>
     <t>Indica patrolamento e cascalhamento da Linha 74 norte, em São Miguel do Guaporé - RO.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1271/indicacao_066-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1271/indicacao_066-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo realize a instalção de um Playground no CAPS.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1274/indicacao_067-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1274/indicacao_067-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo realize patrolamento nas ruas de todos os loteamentos, incluindo o loteamento do Marcão.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1282/indicacao_068-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1282/indicacao_068-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo realize patrolamento na linha T2 e linha 86 norte.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_069-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_069-2023.pdf</t>
   </si>
   <si>
     <t>Indica que o valor da taxa de lixo cobrado neste ano de 2023, seja reduzido em 50% do valor cobrado.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_070-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_070-2023.pdf</t>
   </si>
   <si>
     <t>Indica que seja liberado o sinal de WI-FI em hospitais, posto de saúde e praças municipais.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_071-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_071-2023.pdf</t>
   </si>
   <si>
     <t>Indica que conclua os 1900 metros de pavimentação asfáltica até o INFRO.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_072-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_072-2023.pdf</t>
   </si>
   <si>
     <t>Indica a implantação do piso salarial da enfermagem.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1290/indicacao_073-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1290/indicacao_073-2023.pdf</t>
   </si>
   <si>
     <t>Indica que o valor do IPTU  cobrado neste ano de 2023, seja reduzido em 50% .</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1291/indicacao_074-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1291/indicacao_074-2023.pdf</t>
   </si>
   <si>
     <t>Indica a implantação do projeto social de arte e dança visando atender as mulheres do Distrito de Santana do Guaporé.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1292/indicacao_075-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1292/indicacao_075-2023.pdf</t>
   </si>
   <si>
     <t>Indica a implantação do projeto escolinha de futebol, visando atender os jovens e adolescentes do Distrito de Santana do Guaporé.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1295/indicacao_076-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1295/indicacao_076-2023.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Obras a Manutenção do Parque de Exposição</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1298/indicacao_077-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1298/indicacao_077-2023.pdf</t>
   </si>
   <si>
     <t>Indica iluminação do campo do distrito de Santana do Guaporé.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_078-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_078-2023.pdf</t>
   </si>
   <si>
     <t>Indica iluminação da praça do distrito de Santana do Guaporé.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_079-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_079-2023.pdf</t>
   </si>
   <si>
     <t>Indica com urgência a Secretaria de Obras a manutenção da ponte do rio caixa funda da linha 90, km 6 sul.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1301/indicacao_080-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1301/indicacao_080-2023.pdf</t>
   </si>
   <si>
     <t>Indica com urgência a Secretaria de Obras a manutenção dos travessões das linhas 82 sentido a 86, e da 86 sentido a 90 sul.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1302/indicacao_081-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1302/indicacao_081-2023.pdf</t>
   </si>
   <si>
     <t>Indica com urgência a Secretaria de Obras que seja feito dois quebra-molas sendo um no travessão do frigorifico, saida da 429 sentido a 481, e outro na entrada da 481 sentido 429.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1303/indicacao_082-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1303/indicacao_082-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo realize construção da pista de caminhada na 16 de junho.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1305/indicacao_083-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1305/indicacao_083-2023.pdf</t>
   </si>
   <si>
     <t>Indica a disponibilização de um Médico Ortopedista para atender na UBS José Dias em Santana do Guaporé.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1306/indicacao_084-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1306/indicacao_084-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo realize limpeza em volta do INFRO</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1307/indicacao_085-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1307/indicacao_085-2023.pdf</t>
   </si>
   <si>
     <t>Indica limpeza do pátio da Associação Feminina de São Miguel do Guaporé</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1309/indicacao_086-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1309/indicacao_086-2023.pdf</t>
   </si>
   <si>
     <t>Requer que façam limpeza da lateral da ciclovia na linha 82, entre os postos teixeira 1 e 2.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1312/indicacao_087-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1312/indicacao_087-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo realize a iluminação de LED na avenida Marechal Rondon.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1313/indicacao_088-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1313/indicacao_088-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo realize a pavimentação da Rua Dom Pedro II até o loteamento.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1320/indicacao_089-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1320/indicacao_089-2023.pdf</t>
   </si>
   <si>
     <t>Indica que faça a instalação de iluminação em LED na Rua Dom Pedro II.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1321/indicacao_090-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1321/indicacao_090-2023.pdf</t>
   </si>
   <si>
     <t>Indica que seja feito o patrolamento no carreadordo Boa Morte, localizado na linha 09 Km 08, em São Miguel do Guaporé - RO.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1324/indicacao_091-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1324/indicacao_091-2023.pdf</t>
   </si>
   <si>
     <t>Indica à construção de um quebra molas na Avenida JK, próximo ao despachante Vivian.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1325/indicacao_092-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1325/indicacao_092-2023.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um quebra molas na Avenida JK, próximo ao DESIGN MOVEIS (Moveis Planejados).</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1326/indicacao_093-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1326/indicacao_093-2023.pdf</t>
   </si>
   <si>
     <t>Indica seja fixada a taxa de lixo, para aposentados e pensionistas do INSS, um valor único de R$100,00 (cem reais).</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1327/indicacao_094-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1327/indicacao_094-2023.pdf</t>
   </si>
   <si>
     <t>Indica que o antigo prédio da biblioteca seja disponibilizado para eventos como capoeira, karatê, grupos teatrais e demais atividades esportivas.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1329/indicacao_095-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1329/indicacao_095-2023.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Obras que sejam instalados banheiros e fraldários nas duas praças da cidade, sendo a praça da Bíblia e a praça dos três poderes.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1334/indicacao_096-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1334/indicacao_096-2023.pdf</t>
   </si>
   <si>
     <t>Indica limpeza do terreno no espaço onde será realizado a 9º EXPOSAN, no Distrito de Santana do Guaporé.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1341/indicacao_097-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1341/indicacao_097-2023.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Obras a Instalação de Quebra-molas, sendo eles: nas proximidades do CEEJA, entre o Comercial do Neguinho e o Comercial do Gilson, e em frente ao Posto de Saúde.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1342/indicacao_098-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1342/indicacao_098-2023.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um quebra-molas em frente ao Departamento Estadual de Trânsito - DETRAN, na Avenida Juscelino Kubitschek.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1343/indicacao_099-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1343/indicacao_099-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo que realize patrolamento na linha 94 norte e 94 sul.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1344/indicacao_100-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1344/indicacao_100-2023.pdf</t>
   </si>
   <si>
     <t>Indica que seja feita uma faixa de pedestre na rua Caribamba, entre o hotel Canteli e o Restaurante Guaporé.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1350/indicacao_101-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1350/indicacao_101-2023.pdf</t>
   </si>
   <si>
     <t>Indica a realocação da grade de proteção do entorno do Campo Society de Grama Sintética para o arredor das quadras de vôlei de areia.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1351/indicacao_102-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1351/indicacao_102-2023.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um quebra-molas próximo à esquina do escritório do Terra Nova, na Av. 16 de Junho.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1355/indicacao_103-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1355/indicacao_103-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo a construção de um quebra-mola na Avenida Presidente Kenedy, próximo ao Ceeja.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1358/indicacao_104-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1358/indicacao_104-2023.pdf</t>
   </si>
   <si>
     <t>Limpeza da rotatória na linha 25, proximo ao Auto Posto Teixeira II.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1359/indicacao_105-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1359/indicacao_105-2023.pdf</t>
   </si>
   <si>
     <t>Reativação do trailer de atendimento odontológico que no momento se encontra parado em frente a UBS Planalto.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1360/indicacao_106-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1360/indicacao_106-2023.pdf</t>
   </si>
   <si>
     <t>Limpeza da ciclovia, ao  longo da linha 25, tendo início próximo ao Posto Teixeira I e término em frente ao Frigorífico JBS.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1362/indicacao_107-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1362/indicacao_107-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo a instalação de uma academia na praça dos três poderes.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1366/indicacao_108-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1366/indicacao_108-2023.pdf</t>
   </si>
   <si>
     <t>Disponibilização de um servidor para atuar na função de guarda na praça dos Três Poderes, no período das 16:00 horas às 20:00 horas.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1367/indicacao_109-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1367/indicacao_109-2023.pdf</t>
   </si>
   <si>
     <t>Indica reparo na ponte do Rio Corgão, localizado na linha 98 Norte, Km 01.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1368/indicacao_110-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1368/indicacao_110-2023.pdf</t>
   </si>
   <si>
     <t>Indica o patrolamento da linha 40, entre as linhas 86 e 90, com máxima urgência.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1369/indicacao_111-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1369/indicacao_111-2023.pdf</t>
   </si>
   <si>
     <t>Indica a adequação municipal ao piso salarial nacional para enfermeiros, técnicos de enfermagem, auxiliares de enfermagem, estabecidos por leis sancionadas recentemente.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1374/indicacao_112-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1374/indicacao_112-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que proceda a pintura da faixa de pedestre na rua Dom Pedro II, no ponto de ônibus.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1375/indicacao_113-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1375/indicacao_113-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo faça um quebra-molas na rua Dom Pedro II, no ponto de ônibus.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1376/indicacao_114-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1376/indicacao_114-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo recupere a ponte do rio branquinho na linha 74 sul, km 23.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1377/indicacao_115-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1377/indicacao_115-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, a instalação de uma placa  proibindo estacionar na Rua Dom Pedro II, em frente a Escola Princesa Isabel.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1379/indicacao_116-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1379/indicacao_116-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo realize patrolamento e cascalhamento na linha 74 sul.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1387/indicacao_117-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1387/indicacao_117-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que proceda a pintura de faixa de pedestre na Av. Presidente Vargas, em frente a Assembleia de Deus Ministério de Madureira.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1388/indicacao_118-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1388/indicacao_118-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que proceda a pintura de faixa de pedestre na Av. Presidente Kennedy, em frente ao comercial Neguinho.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1391/indicacao_119-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1391/indicacao_119-2023.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um quebra-molas em frente à radio Clube FM, na Avenida Caoitão Silvio.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1396/indicacao_120-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1396/indicacao_120-2023.pdf</t>
   </si>
   <si>
     <t>Indica seja feito três quebra-molas na Avenida Caribamba, sendo dois nas proximidades da Avenida Califórnia e outro próximo a Avenida Tranquedo Neves, setor Jardim das Oliveiras (Loteamento da Irene).</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1397/indicacao_121-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1397/indicacao_121-2023.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Obras o cascalhamento e patrolamento da linha 86 Sul.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1398/indicacao_122-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1398/indicacao_122-2023.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Obras a manutenção da estrada BR-481/BR-429, conhecida como travesão do JBS.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1402/indicacao_123-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1402/indicacao_123-2023.pdf</t>
   </si>
   <si>
     <t>Indica que seja retirado e armazenado cascalho na linha 82 km 06 lados sul, propriedade do sehor Osiel. Neste Município de São Miguel do Guaporé - RO.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1403/indicacao_124-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1403/indicacao_124-2023.pdf</t>
   </si>
   <si>
     <t>Indica que seja feita uma faixa de pedestre na feira municipal, localizada na avenida 16 de junho, centro, São Miguel do Guaporé - RO.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1404/indicacao_125-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1404/indicacao_125-2023.pdf</t>
   </si>
   <si>
     <t>Indica a retirada de entulhos do pátio da Igreja Apostólica Primitiva, na Avenida Capitão Silvio, Nº 1970, bairro Cristo Rei.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1405/indicacao_126-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1405/indicacao_126-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, que proceda a pintura de faixa de pedestre na Av. Marechal Rondon, em frente ao Espaço Educar.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1406/indicacao_127-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1406/indicacao_127-2023.pdf</t>
   </si>
   <si>
     <t>Indica o patrolamento na linha 94 norte e recuperação dos travessões, incluindo o travessão que dá acesso a BR.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1407/indicacao_128-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1407/indicacao_128-2023.pdf</t>
   </si>
   <si>
     <t>Indica a construção de uma faixa de pedestre elevada, em frente à Igreja  da Comunidade Filadélfia, na Avenida 16 de Junho, entre as ruas José Lourenço da Silva e Rua Guaporé.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1408/indicacao_129-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1408/indicacao_129-2023.pdf</t>
   </si>
   <si>
     <t>Indica a implementação de Câmaras Mortuárias no Cemitério Municipal, reaproveitando os espaços de túmulos antigos sem identificação.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1412/indicacao_130-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1412/indicacao_130-2023.pdf</t>
   </si>
   <si>
     <t>Indica que seja recolocado as lâmpadas dos postes na rua Dom Pedro II, entre a avenida Capitão Silvio e entre a Rua Massaranduba e Rua Itauba.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1418/indicacao_131-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1418/indicacao_131-2023.pdf</t>
   </si>
   <si>
     <t>Indica o conserto dos ar-condicinados do hospital municipal Massao Okamoto.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1429/indicacao_132-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1429/indicacao_132-2023.pdf</t>
   </si>
   <si>
     <t>Indica o patrolamento da linha 25</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1430/indicacao_133-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1430/indicacao_133-2023.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um quebra-mola no Distrito de Santana do Guaporé na Avenida Marechal Rondon.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1432/indicacao_134-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1432/indicacao_134-2023.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de brinquedos pedagógicos para a creche municipal.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1479/indicacao_135-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1479/indicacao_135-2023.pdf</t>
   </si>
   <si>
     <t>Indica a aaquisição de brinquedos pedagógicos para as Escolas Tio Teco e Primavera no Distrito de Santana do Guaporé.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1310/projeto_de_decreto_legislativo_no_001-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1310/projeto_de_decreto_legislativo_no_001-2023.pdf</t>
   </si>
   <si>
     <t>Decreta a sustação do decreto n° 1.719/2023, datado de 26 de dezembro de 2023 e publicado em 08/05/2023 de autoria do Prefeito Municipal, Cornélio Duarte de Carvalho.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Poder Executivo - PEX</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1146/projeto_de_lei_004_2023_-__rpps_extinto_s_miguel.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1146/projeto_de_lei_004_2023_-__rpps_extinto_s_miguel.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização do vínculo previdenciário dos servidores efetivos segurados do extinto PREVIMIG e dá outras providências.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1147/projeto_de_lei_005-_2023-teste_seletivo_secretaria_de_trabalho_e_assistencia_social.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1147/projeto_de_lei_005-_2023-teste_seletivo_secretaria_de_trabalho_e_assistencia_social.pdf</t>
   </si>
   <si>
     <t>“Autoriza a contratação temporária de profissionais junto à Secretaria Municipal de Educação e Secretaria Municipal do Meio Ambiente e Turismo, no âmbito do Município de São Miguel Do Guaporé-RO, e da outras providências."</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1148/projeto_de_lei_006-2023-teste_seletivo_saude_e_obras..pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1148/projeto_de_lei_006-2023-teste_seletivo_saude_e_obras..pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.066/2021 “Autoriza a contratação temporária de profissionais junto à Secretaria Municipal de Saúde e Secretaria Municipal de Obras e Serviços Públicos, no âmbito do Município de São Miguel do Guaporé”.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1149/projeto_de_lei_007-2023-_projeto_criacao_de_nome_preca_publica_santana_do_guapore..pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1149/projeto_de_lei_007-2023-_projeto_criacao_de_nome_preca_publica_santana_do_guapore..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de praça pública no distrito de Santana do Guaporé – RO</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1150/projeto_de_lei_008-2023_-_autoriza_a_utilidade_publica_da_associacao_escolar_familia_vale_do_guapore.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1150/projeto_de_lei_008-2023_-_autoriza_a_utilidade_publica_da_associacao_escolar_familia_vale_do_guapore.pdf</t>
   </si>
   <si>
     <t>“Declara a Utilidade Pública da Associação Escolar Família Agrícola Vale do Guaporé – AEFAVAG e da outras providências.”</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1159/projeto_de_lei_no_-2023_-_dispoe_sobre_a_adequacao_da_remuneracao_minima_da_classe_docente.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1159/projeto_de_lei_no_-2023_-_dispoe_sobre_a_adequacao_da_remuneracao_minima_da_classe_docente.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a adequação da remuneração mínima da classe docente do quadro do magistério da educação básica ao piso salarial profissional nacional do magistério público da educação básica e dá outras providências”</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1160/projeto_camara_10-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1160/projeto_camara_10-2023.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei nº 471/2003 que "Dispõe sobre a Estrutura Organizacional e o Plano de Cargos Carreira e Salários da Câmara Municipal de São Miguel do Guaporé e dá Outras Providências".</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1166/projeto_de_lei_001_-_credito_especial_saude.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1166/projeto_de_lei_001_-_credito_especial_saude.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente  conforme  art.  7º,  41  e  42,  da  Lei  4.320/64  e  Dá Outras Providências.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1167/projeto_de_lei_002_-_2023_credito_especial_saude.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1167/projeto_de_lei_002_-_2023_credito_especial_saude.pdf</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1168/projeto_de_lei_003_-_2023_credito_especial_saude.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1168/projeto_de_lei_003_-_2023_credito_especial_saude.pdf</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1169/projeto_de_lei_14-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1169/projeto_de_lei_14-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL SOB Nº: 2.177/2022, A QUAL DISPÕE SOBRE A POSSIBILIDADE DE CONCESSÃO DE BENEFÍCIOS PÚBLICOS-PRIVADOS AS ASSOCIAÇÕES SEM FINS LUCRATIVOS TAXATIVAMENTE PREVISTAS NESTA LEI E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1170/projeto_de_lei_no_011-2022_-_autoriza_a_premiacao_em_valores_pecuniarios_trofeus_e_medalhas_nos_campeonatos_esportivos._-_copia_1_1.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1170/projeto_de_lei_no_011-2022_-_autoriza_a_premiacao_em_valores_pecuniarios_trofeus_e_medalhas_nos_campeonatos_esportivos._-_copia_1_1.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A PREMIAÇÃO EM VALORES PECUNIARIOS, TROFÉUS E MEDALHAS NOS CAMPEONATOS	ESPORTIVOS	E CULTURAIS, BEM COMO ORGANIZAÇÃO DOS EVENTOS EM GERAL. NO ÂMBITO DA SECRETARIA MUNICIPAL DE ESPORTE E CULTURA – SEMESC”</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1173/projeto_de_lei_012_-_2023_credito_especial_educacao.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1173/projeto_de_lei_012_-_2023_credito_especial_educacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre crédito especial ao orçamento vigente conforme art. 7º, 41 e 42, da lei 4.320/64 e dá outras providências.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1178/projeto_de_lei_no_018-2023_associacoes.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1178/projeto_de_lei_no_018-2023_associacoes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a possibilidade de concessão de benefícios públicos-privados as Associações sem fins lucrativos taxativamente previstas nesta Lei, e dá outras providências.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1181/projeto_015-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1181/projeto_015-2023.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a associação dos agricultores luteranos da linha 106, Localizada em São Miguel do Guaporé.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1182/projeto_de_lei_019_teste_seletivo_semtras.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1182/projeto_de_lei_019_teste_seletivo_semtras.pdf</t>
   </si>
   <si>
     <t>“Autoriza a contratação temporária de profissionais junto à Secretaria Municipal de Trabalho e Ação Social, no âmbito do Município de São Miguel Do Guaporé- RO, e da outras providências.”</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1183/projeto_de_lei_no_017_-_2023_programa_especial_de__recuperacao_fiscal_do_municipio_de_sao_miguel_do_guapore_-_refis_municipal-1-5.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1183/projeto_de_lei_no_017_-_2023_programa_especial_de__recuperacao_fiscal_do_municipio_de_sao_miguel_do_guapore_-_refis_municipal-1-5.pdf</t>
   </si>
   <si>
     <t>“Dispõe Sobre o Programa Especial de  Recuperação Fiscal do Município de São Miguel do Guaporé - Refis Municipal e dá outras providências”.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1186/projeto_de_lei_no_022-2023_piso_salarial_professores_atualizado.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1186/projeto_de_lei_no_022-2023_piso_salarial_professores_atualizado.pdf</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1187/projeto_de_lei_021-2023_-_sao_miguel_do_guapore.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1187/projeto_de_lei_021-2023_-_sao_miguel_do_guapore.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 202/97 que Dispõe sobre a Estrutura Administrativa Previdência Municipal de São Miguel do Guaporé e dá outras providências.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1190/projeto_de_lei_021-2023_-_sao_miguel_do_guapore.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1190/projeto_de_lei_021-2023_-_sao_miguel_do_guapore.pdf</t>
   </si>
   <si>
     <t>“REVOGA A LEI Nº: 2.145/2022 E AUTORIZA A PREMIAÇÃO EM VALORES PECUNIARIOS, TROFÉUS E MEDALHAS NOS CAMPEONATOS	ESPORTIVOS	E CULTURAIS, BEM COMO ORGANIZAÇÃO DOS EVENTOS EM GERAL. NO ÂMBITO DA SECRETARIA MUNICIPAL DE ESPORTE E CULTURA – SEMESC”</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1193/projeto_de_lei_no_025_-_2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1193/projeto_de_lei_no_025_-_2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal sob nº 2.241/2023, a qual dispõe sobre a possibilidade de concessão de benefícios públicos-privados as Associações sem fins lucrativos taxativamente previstas nesta Lei, e dá outras providências.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1194/projeto_camara_022-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1194/projeto_camara_022-2023.pdf</t>
   </si>
   <si>
     <t>Altera o § 1°, do artigo 18, da Lei Municipal n° 1.334, de 24 de fevereiro de 2014, que dispõe sobre a Política Municipal de Atendimento dos Direitos de Criança e do Adolescente e dá outras providências.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1200/projeto_de_lei_-_27_-_credito_especial_educacao.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1200/projeto_de_lei_-_27_-_credito_especial_educacao.pdf</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1201/projeto_de_lei_-_28_credito_adicional_suplementar_educacao-1-3.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1201/projeto_de_lei_-_28_credito_adicional_suplementar_educacao-1-3.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao  Orçamento  vigente  conforme  art.  7º,  41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1204/projeto_de_lei_030_-_2023_contrapartida_credito_especial_semosp-1-3.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1204/projeto_de_lei_030_-_2023_contrapartida_credito_especial_semosp-1-3.pdf</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1205/projeto_de_lei_031_-_2023_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1205/projeto_de_lei_031_-_2023_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1206/projeto_de_lei_029_-_2023_credito_especial_semosp-1-3_1.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1206/projeto_de_lei_029_-_2023_credito_especial_semosp-1-3_1.pdf</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1217/projeto_de_lei_032_-_prorrogacao_teste_seletivo_da_saude.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1217/projeto_de_lei_032_-_prorrogacao_teste_seletivo_da_saude.pdf</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1227/projeto_camara_029-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1227/projeto_camara_029-2023.pdf</t>
   </si>
   <si>
     <t>Declara a utilidade pública da Associação dos Produtores Rurais Rio Branco - ASPRORB.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1234/projeto_de_lei_033_-_cria_o_conselho_municipal_de_cultura_ok.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1234/projeto_de_lei_033_-_cria_o_conselho_municipal_de_cultura_ok.pdf</t>
   </si>
   <si>
     <t>“CRIA O CONSELHO MUNICIPAL DE CULTURA – CMC E O FUNDO MUNICIPAL DE CULTURA - FMC E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1235/projeto_de_lei_034_-_cria_o_sistema_municipal_de_cultura_do_munipio_ok_-_para_mesclagem.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1235/projeto_de_lei_034_-_cria_o_sistema_municipal_de_cultura_do_munipio_ok_-_para_mesclagem.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O SISTEMA MUNICIPAL DE CULTURA DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ – SMC E DÁ OUTRAS PROVIDÊNCIA”</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1241/projeto_de_lei_037_-_dispoe_sobre_transporte_de_indigenas_da_area_rural_a_area_urbana.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1241/projeto_de_lei_037_-_dispoe_sobre_transporte_de_indigenas_da_area_rural_a_area_urbana.pdf</t>
   </si>
   <si>
     <t>"DISPOE SOBRE O TRANSPORTE DE INDIGENAS DA AREA RURAL A AREA URBANA DO MUNICIPIO DE SAO MIGUEL DO GUAPORÉ".</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1242/projeto_de_lei_038-2023-_projeto_altera_nome_da_rua.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1242/projeto_de_lei_038-2023-_projeto_altera_nome_da_rua.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da nomenclatura da Rua Noroeste, passando a ser identificado como Rua Ary Moreira de Pádua, no âmbito do Município de São Miguel do Guaporé - RO.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1243/projeto_de_lei_039_-_2023_credito_especial_saude.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1243/projeto_de_lei_039_-_2023_credito_especial_saude.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1244/projeto_de_lei_no_40_-_2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1244/projeto_de_lei_no_40_-_2023.pdf</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1245/projeto_de_lei_no_044_-_2023_nova_estrutura_de_cargos_e_salarios.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1245/projeto_de_lei_no_044_-_2023_nova_estrutura_de_cargos_e_salarios.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre reformulação da estrutura administrativa  organizacional do Município de São Miguel do Guaporé;especifica as atribuições dos cargos comissionados e funções gratificadas e dá outras providências”.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1249/projeto_de_lei_042_-_secretaria_do_indio.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1249/projeto_de_lei_042_-_secretaria_do_indio.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DA SECRETARIA MUNICIPAL PARA OS POVOS INDÍGENAS – SEMUPI, DEFININDO SUAS FINALIDADES, COMPETÊNCIAS E ESTRUTURADA ORGANIZACIONAL, FIXANDO SEU QUADRO DE CARGOS COMISSIONADOS, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1254/projeto_de_lei_047_-_2023_-_salario_minimo.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1254/projeto_de_lei_047_-_2023_-_salario_minimo.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL DO SALÁRIO MÍNIMO NACIONAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1255/projeto_de_lei_043_credito_especial_saude.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1255/projeto_de_lei_043_credito_especial_saude.pdf</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1256/projeto_de_lei_046_cedito_especial_saude_ok.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1256/projeto_de_lei_046_cedito_especial_saude_ok.pdf</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1264/projeto_de_lei_no_050_-_2023_salario_conselho_tutelar.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1264/projeto_de_lei_no_050_-_2023_salario_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal sob nº 1.334/2014, a qual dispõe sobre a política municipal de atendimento dos direitos da criança e do adolescente e da outras providencias, e dá outras providências.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1265/projeto_de_lei_no_051_-_2023_estabelece_a_escala_de_plantao.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1265/projeto_de_lei_no_051_-_2023_estabelece_a_escala_de_plantao.pdf</t>
   </si>
   <si>
     <t>Estabelece escalas de plantão para funerárias e dá outras providências.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1266/projeto_de_lei_048_-_2023_credito_especial_saude.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1266/projeto_de_lei_048_-_2023_credito_especial_saude.pdf</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1267/projeto_de_lei_052_-_2023_associacao_escola_familia_agricola_do_vale_do_guapore.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1267/projeto_de_lei_052_-_2023_associacao_escola_familia_agricola_do_vale_do_guapore.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização de celebração de Termo de Cooperação com a Associação escola família agrícola do  vale do Guaporé, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1268/projeto_camara_045-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1268/projeto_camara_045-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 2241/2023, QUE ‘DISPÕE SOBRE A POSSIBILIDADE DE CONCESSÃO DE BENEFÍCIOS PÚBLICO-PRIVADOS AS ASSOCIAÇÕES SEM FINS LUCRATIVOS, TAXATIVAMENTE PREVISTAS NESTA LEI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1269/projeto_lei_no_055_-_2023_-_contratacao_temporaria.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1269/projeto_lei_no_055_-_2023_-_contratacao_temporaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1272/projeto_de_lei_no_053_-_2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1272/projeto_de_lei_no_053_-_2023.pdf</t>
   </si>
   <si>
     <t>Sumula: Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao  Orçamento  vigente  conforme  art.  7º,  41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_lei_055_-_2023_ldo.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_lei_055_-_2023_ldo.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇAO DA LEI ORÇAMENTÁRIA DE 2024 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1275/projeto_de_lei_053_credito_adicional_suplementar_2.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1275/projeto_de_lei_053_credito_adicional_suplementar_2.pdf</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1276/projeto_de_lei_050_-_2023_salario_conselho_tutelar.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1276/projeto_de_lei_050_-_2023_salario_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1278/projeto_de_lei_036_-_estabelece_atribuicoes_ao_cargo_de_fiscal_fazendario.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1278/projeto_de_lei_036_-_estabelece_atribuicoes_ao_cargo_de_fiscal_fazendario.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE ATRIBUIÇÕES AO CARGO DE FISCAL FAZENDÁRIO DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1279/projeto_de_lei_no_56_-_2023_com_semat_corrigido.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1279/projeto_de_lei_no_56_-_2023_com_semat_corrigido.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI 1.890/2019 DE 18 DE MARÇO DE 2019 QUE ALTEROU A LEI 1.562/2015 DE 11 DE DEZEMBRO DE 2015 PARA DISPOR SOBRE INDENIZAÇÃO À SERVIDORES POR AJUDA DE CUSTO POR TRASLADO E DA OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1280/projeto_de_lei_057_-_2023_homologacao_-_calculo_2023-_aporte_mensal.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1280/projeto_de_lei_057_-_2023_homologacao_-_calculo_2023-_aporte_mensal.pdf</t>
   </si>
   <si>
     <t>Altera o Plano de Amortização para equacionamento do déficit atuarial do Regime Próprio de Previdência Social do Município de São Miguel do Guaporé/RO – IPMSMG, conforme diretrizes emanadas pela Portaria MPS nº. 1467/2022 e suas alterações, e dá ouras providências.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1281/projeto_de_lei_058_-_2023_programa_a_saude_dos_servidores_publicos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1281/projeto_de_lei_058_-_2023_programa_a_saude_dos_servidores_publicos.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O PROGRAMA DE ASSISTÊNCIA A SAÚDE DOS SERVIDORES PÚBLICOS DA ADMINISTRACÃO DIRETA E INDIRETA DE SÃO MIGUEL DO GUAPORÉ-RO”.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1289/projeto_de_lei_059-2023_superavit.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1289/projeto_de_lei_059-2023_superavit.pdf</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1293/projeto_de_lei_60-2023_recursos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1293/projeto_de_lei_60-2023_recursos.pdf</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1294/projeto_camara_057-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1294/projeto_camara_057-2023.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PRODUTORES RURAIS INDIGENAS - WITI</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1296/projeto_de_lei_63_-_2023_-_dispoe_sobre_o_sistema_municipal_de_cultura.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1296/projeto_de_lei_63_-_2023_-_dispoe_sobre_o_sistema_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O SISTEMA MUNICIPAL DE CULTURA DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ – SMC E DÁ OUTRAS PROVIDÊNCIA”</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1297/projeto_de_lei_64_-_2023_cria_o_conselho_municipal_de_cultura_corrigido.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1297/projeto_de_lei_64_-_2023_cria_o_conselho_municipal_de_cultura_corrigido.pdf</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1304/projeto_de_lei_061_-_2023_credito_adicional.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1304/projeto_de_lei_061_-_2023_credito_adicional.pdf</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1311/projeto_de_lei_65_-_2023_credito_especial_saude.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1311/projeto_de_lei_65_-_2023_credito_especial_saude.pdf</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1314/projeto_de_lei_069-_2023_salario_conselho_tutelar.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1314/projeto_de_lei_069-_2023_salario_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1315/projeto_de_lei_070_-_2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1315/projeto_de_lei_070_-_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de Processo Seletivo Simplificado para contratação temporária, conforme disposição do Inciso IX do Caput do Artigo 37 da Constituição Federal, de Profissionais de Médico Veterinário, Agente de Inspeção II e Gari, para atender excepcional Interesse Público Visando Suprir a Necessidade/Reposição iminente diante da inexistência de Concurso Público Vigente que possibilite chamamento e dá outras providências.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1316/projeto_de_lei_71_-_2023_projeto_de_lei_autorizacao_para_realizacao_de_teste_seletivo_simplificado_secretaria_de_saude.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1316/projeto_de_lei_71_-_2023_projeto_de_lei_autorizacao_para_realizacao_de_teste_seletivo_simplificado_secretaria_de_saude.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROCESSO SELETIVO SIMPLIFICADO PARA CONTRATAÇÃO DE PROFISSIONAIS DA SAÚDE PARA SUPRIR A NECESSIDADE IMEDIATA DE ASSISTÊNCIA À POPULAÇÃO NESTE MUNICÍPIO DE SÃO MIGUEL DO GUAPORE RO, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1323/projeto_camara_065-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1323/projeto_camara_065-2023.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio dos vereadores de São Miguel do Guaporé/RO para a legislatura 2025-2028, e da outras providências.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1328/projeto_camara_066-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1328/projeto_camara_066-2023.pdf</t>
   </si>
   <si>
     <t>Determina feriado municipal no dia de corpus christ.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1331/projeto_de_lei_079_-_2023_credito_especial.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1331/projeto_de_lei_079_-_2023_credito_especial.pdf</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1332/projeto_de_lei_075_-_2023_credito_especial_saude.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1332/projeto_de_lei_075_-_2023_credito_especial_saude.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá  Outras Providências.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1333/projeto_camara_069-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1333/projeto_camara_069-2023.pdf</t>
   </si>
   <si>
     <t>Declara a utilidade pública da Associação de Ciclismo de São Miguel do Guaporé/RO - ASCILCI.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1338/projeto_de_lei_74_e_anexos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1338/projeto_de_lei_74_e_anexos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1339/projeto_de_lei_73-2023_e_anexos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1339/projeto_de_lei_73-2023_e_anexos.pdf</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1340/projeto_de_lei_80-2023_credito_especial_e_anexos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1340/projeto_de_lei_80-2023_credito_especial_e_anexos.pdf</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1345/projeto_de_lei_76_-_2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1345/projeto_de_lei_76_-_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE PROJETO MUNICIPAL ESCOLA DE INICIAÇÃO ESPORTIVA DA SECRETARIA DE ESPORTE, CULTURA, DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ – RO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1346/projeto_de_lei_81_-_2023_teste_seletivo_meio_ambiente_e_educacao_1.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1346/projeto_de_lei_81_-_2023_teste_seletivo_meio_ambiente_e_educacao_1.pdf</t>
   </si>
   <si>
     <t>Altera o parágrafo único do Artigo 3º Da _x000D_
 Lei 2.130/2021, Que Autoriza A Contratação _x000D_
 Temporária De Profissionais Junto À _x000D_
 Secretaria Municipal De Educação E _x000D_
 Secretaria Municipal De Meio Ambiente E _x000D_
 Turismo E Da Outras Providências”</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1349/projeto_83_mensagem_e_anexos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1349/projeto_83_mensagem_e_anexos.pdf</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1354/projeto_de_lei_084-2023_doacao_de_terreno_oab-ro.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1354/projeto_de_lei_084-2023_doacao_de_terreno_oab-ro.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR TERRENO URBANO PARA A ORDEM DOS ADVOGADOS DO BRASIL, SUBSEÇÃO DE SÃO MIGUEL DO GUAPORÉ-RO, PARA CONSTRUÇÃO DA SEDE ADMINISTRATIVA REGIONAL"</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1356/projeto_camara_077-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1356/projeto_camara_077-2023.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a associação de mães, pais e amigos dos autistas de São Miguel do Guaporé - Grupo Espectro do Amor (GEA).</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1357/projeto_de_lei_84_-_assinado_e_com_anexos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1357/projeto_de_lei_84_-_assinado_e_com_anexos.pdf</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1363/projeto_camara_079-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1363/projeto_camara_079-2023.pdf</t>
   </si>
   <si>
     <t>Cria ruas, avenidas, modifica denominações já existentes, e dá outras providências.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1364/projeto_camara_080-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1364/projeto_camara_080-2023.pdf</t>
   </si>
   <si>
     <t>Nomeia os bairros da Cidade de São Miguel do Guaporé e da Outras Providências.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1365/projeto_camara_081-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1365/projeto_camara_081-2023.pdf</t>
   </si>
   <si>
     <t>Modifica e atualiza nome de logradouros do Distrito de Santana do Guaporé.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1370/projeto_de_lei_85_com_anexo.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1370/projeto_de_lei_85_com_anexo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL_x000D_
 SUPLEMENTAR ao Orçamento vigente conforme art. 7º, 41_x000D_
 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1371/projeto_de_lei_87_e_anexos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1371/projeto_de_lei_87_e_anexos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao Orçamento_x000D_
 vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras_x000D_
 Providências.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1372/projeto_de_lei_86-2023_assinado_e_anexos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1372/projeto_de_lei_86-2023_assinado_e_anexos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao Orçamento_x000D_
 vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá_x000D_
 Outras Providências.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1373/projeto_lei_88_-_2023_-_abertura_de_credito_especial.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1373/projeto_lei_88_-_2023_-_abertura_de_credito_especial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e dá Outras _x000D_
 Providências.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1378/projeto_de_lei_89-2023_assinado_e_com_a_justificativa.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1378/projeto_de_lei_89-2023_assinado_e_com_a_justificativa.pdf</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1380/projeto_de_lei_91-2023_completo_e_assinado.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1380/projeto_de_lei_91-2023_completo_e_assinado.pdf</t>
   </si>
   <si>
     <t>“ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ PARA O EXERCÍCIO FINANCEIRO DE 2024”.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1381/projeto_de_lei_n_92_-_2023_-_doacao_oab.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1381/projeto_de_lei_n_92_-_2023_-_doacao_oab.pdf</t>
   </si>
   <si>
     <t>“MODIFICA A LEI N.º 2285/2023 QUE ‘AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR TERRENO URBANO PARA A ORDEM DOS ADVOGADOS DO BRASIL SUBSEÇÃO DE SÃO MIGUEL DO GUAPORÉ-RO, PARA CONSTRUÇÃO DA SEDE ADMINISTRATIVA REGIONAL".</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1386/projeto_de_lei_93-2023_com_anexo_e_assinado.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1386/projeto_de_lei_93-2023_com_anexo_e_assinado.pdf</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1389/projeto_de_lei_94_com_anexos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1389/projeto_de_lei_94_com_anexos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7º, 41e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1390/projeto_de_lei_95_com_anexos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1390/projeto_de_lei_95_com_anexos.pdf</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1392/projeto_de_lei__0097_-_2023_revogacao_da_lei_2200-2020.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1392/projeto_de_lei__0097_-_2023_revogacao_da_lei_2200-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº: 2.200/2020 DE 15 DE AGOSTO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1393/projeto_de_lei_98_-_2023_projeto_de_lei_que_revoga_e_lei_n_1.757_-_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1393/projeto_de_lei_98_-_2023_projeto_de_lei_que_revoga_e_lei_n_1.757_-_2017.pdf</t>
   </si>
   <si>
     <t>“Revoga a Lei Municipal nº: 1.757/2017 e Da Outras Providências”</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1394/projeto_de_lei_99_-_2023_projeto_de_lei_piso_salarial_enfermeiros.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1394/projeto_de_lei_99_-_2023_projeto_de_lei_piso_salarial_enfermeiros.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE REGULAMENTAÇÃO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR REPASSADA PELA UNIÃO FEDERAL, VISANDO DAR CUMPRIMENTO AO DISPOSTO NA LEI FEDERAL Nº 14.434, DE 4 DE AGOSTO DE 2022 QUE INSTITUI O PISO NACIONAL DO ENFERMEIRO, DO TÉCNICO DE ENFERMAGEM, DO AUXILIAR DE ENFERMAGEM E DA PARTEIRA.”</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1395/projeto_de_lei_100_assinado_e_com_anexos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1395/projeto_de_lei_100_assinado_e_com_anexos.pdf</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1399/projeto_de_lei_96_assinado_e_com_os_anexos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1399/projeto_de_lei_96_assinado_e_com_os_anexos.pdf</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1400/projeto_de_lei_101_assinado_e_com_anexos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1400/projeto_de_lei_101_assinado_e_com_anexos.pdf</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1409/projeto_camara_098-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1409/projeto_camara_098-2023.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio do Prefeito, Vice-Prefeito e Secretários do município de São Miguel do Guaporé para o mandato de 2025-2028 e dá outras providências.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1410/projeto_camara_099-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1410/projeto_camara_099-2023.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio dos Vereadores, Membros da mesa Diretora e Membros das Comissões Temáticas Permanentes da Câmara Municipal de São Miguel do Guaporé para o mandato de 2025-2028.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1419/projeto_de_lei_103-2023_doacao_de_imovel_urbado_governo_do_estado_de_rondonia_assinado_e_com_anexos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1419/projeto_de_lei_103-2023_doacao_de_imovel_urbado_governo_do_estado_de_rondonia_assinado_e_com_anexos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar doação de imóvel urbano localizado à AV Marechal Rondon nº: 1941 bairro Planalto no Município de São Miguel do Guaporé – RO, para ampliação da Delegacia de Polícia bem como construção de Instituto Médico Legal – IML.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1420/projeto_de_lei_106_e_anexo.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1420/projeto_de_lei_106_e_anexo.pdf</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1421/projeto_de_lei_104_e_anexos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1421/projeto_de_lei_104_e_anexos.pdf</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1422/projeto_de_lei_102_assinado_e_com_anexo.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1422/projeto_de_lei_102_assinado_e_com_anexo.pdf</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1423/projeto_de_lei_105_e_anexo.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1423/projeto_de_lei_105_e_anexo.pdf</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1425/projeto_de_lei_107_-_2023_projeto_de_lei_piso_salarial_enfermeiros.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1425/projeto_de_lei_107_-_2023_projeto_de_lei_piso_salarial_enfermeiros.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REGULAMENTAÇÃO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR REPASSADA PELA UNIÃO FEDERAL, VISANDO DAR CUMPRIMENTO AO DISPOSTO NA LEI FEDERAL Nº 14.434, DE 4 DE AGOSTO DE 2022 QUE INSTITUI O PISO NACIONAL DO ENFERMEIRO, DO TÉCNICO DE ENFERMAGEM, DO AUXILIAR DE ENFERMAGEM E DA PARTEIRA.”</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1426/projeto_de_lei_108_e_anexo.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1426/projeto_de_lei_108_e_anexo.pdf</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1427/projeto_de_lei_109_e_anexos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1427/projeto_de_lei_109_e_anexos.pdf</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1428/projeto_de_lei_110_-_2023_criacao_de_ossario.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1428/projeto_de_lei_110_-_2023_criacao_de_ossario.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE OSSÁRIO	NO	CEMITÉRIO MUNICIPAL DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ-RO, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1431/projeto_de_lei_111_-_2023_reforma_da_previdencia.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1431/projeto_de_lei_111_-_2023_reforma_da_previdencia.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA OS TÍTULO II - A E O CAPÍTULO II - A AO TEXTO DA LEI ORGÂNICA DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ - RO</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1437/projeto_de_lei_112-2023_assinado_e_com_anexos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1437/projeto_de_lei_112-2023_assinado_e_com_anexos.pdf</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1438/projeto_de_lei_113-2023_assinado_e_com_anexos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1438/projeto_de_lei_113-2023_assinado_e_com_anexos.pdf</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1439/projeto_de_lei_115-2023_assinado_e_com_anexos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1439/projeto_de_lei_115-2023_assinado_e_com_anexos.pdf</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1440/projeto_de_lei_114-2023_assinado_e_com_anexo.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1440/projeto_de_lei_114-2023_assinado_e_com_anexo.pdf</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1441/ilovepdf_merged_23.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1441/ilovepdf_merged_23.pdf</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1442/projeto_de_lei_118_-_2023_prorrogacao_refis.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1442/projeto_de_lei_118_-_2023_prorrogacao_refis.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI MUNICIPAL Nº 2242/2023, QUE INSTITUI O PROGRAMA ESPECIAL DE RECUPERAÇÃO FISCAL (REFIS) NO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ, PARA PRORROGAR O PRAZO DE ADESÃO ATÉ 31 DE DEZEMBRO DE 2023.”</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1486/projeto_de_lei_119-2023_-_abertura_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1486/projeto_de_lei_119-2023_-_abertura_de_credito.pdf</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1487/projeto_de_lei_no._120_-_2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1487/projeto_de_lei_no._120_-_2023.pdf</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1488/projeto_de_lei_no_121_-_2023_anexo_final.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1488/projeto_de_lei_no_121_-_2023_anexo_final.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa AlFALETRANDO São Miguel do Guaporé/RO, e dá outras providências.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1489/projeto_de_lei__00122_-_2023_desmebramento_secretarias.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1489/projeto_de_lei__00122_-_2023_desmebramento_secretarias.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº: 2.200/2020 DE 15 DE AGOSTO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1490/projeto_de_lei_123_-_2023_projeto_de_lei_autorizacao_para_realizacao_de_teste_seletivo_simplificado_secretaria_de_educacao.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1490/projeto_de_lei_123_-_2023_projeto_de_lei_autorizacao_para_realizacao_de_teste_seletivo_simplificado_secretaria_de_educacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROCESSO SELETIVO SIMPLIFICADO PARA CONTRATAÇÃO DE PROFISSIONAIS DA EDUCAÇÃO PARA SUPRIR A NECESSIDADE DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORE RO, E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1491/projeto_de_lei_no._124_-_2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1491/projeto_de_lei_no._124_-_2023.pdf</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1492/projeto_lei_127_-_2023_cria_secretaria_de_servicos_urbanos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1492/projeto_lei_127_-_2023_cria_secretaria_de_servicos_urbanos.pdf</t>
   </si>
   <si>
     <t>Altera a Lei municipal nº 202 - 1997 que  dispõe sobre a Estrutura Organizacional do  Município de São Miguel do Guaporé, e, dá _x000D_
 outras providências</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1493/projeto_de_lei__126_-_2023_unificacao_secretaria_de_obras_e_agricultura.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1493/projeto_de_lei__126_-_2023_unificacao_secretaria_de_obras_e_agricultura.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DESMEMBRAMENTO DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PÚBLICOS E UNIFICA A SECRETARIA DE OBRAS E AGRICULTURA NO ÂMBITO DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ – RO .</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1494/projeto_de_lei__128_-_2023_doacao_imovel_urbano.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1494/projeto_de_lei__128_-_2023_doacao_imovel_urbano.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1 DA LEI Nº: 2.302/2023,  ESTABELECENDO A AREA TOTAL DOADA DO  IMÓVEL LOCALIZADO À AV MARECHAL RONDON  Nº: 1941, BAIRRO PLANALTO NO MUNICÍPIO DE SÃO  MIGUEL DO GUAPORÉ PARA AMPLIAÇÃO DA  DELEGACIA DE POLICIA, BEM COMO CONSTRUÇÃO  DE INSTITUTO MÉDICO LEGAL – IML.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1495/projeto_de_lei__-_128_-_2023_abertuda_de_credito.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1495/projeto_de_lei__-_128_-_2023_abertuda_de_credito.pdf</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1496/projeto_de_lei_-_129_-_2023_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1496/projeto_de_lei_-_129_-_2023_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1497/projeto_de_lei_130_-_2023_credito_especial.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1497/projeto_de_lei_130_-_2023_credito_especial.pdf</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1498/projeto_de_lei_132_-_2023_projeto_de_lei_autorizacao_para_realizacao_de_teste_seletivo_simplificado_secretaria_de_educacao.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1498/projeto_de_lei_132_-_2023_projeto_de_lei_autorizacao_para_realizacao_de_teste_seletivo_simplificado_secretaria_de_educacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROCESSO SELETIVO SIMPLIFICADO  PARA CONTRATAÇÃO DE PROFISSIONAIS DA  EDUCAÇÃO PARA SUPRIR A NECESSIDADE DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORE RO, E ADOTA  OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1499/projeto_lei_131_-_2023_cria_secretaria_de_servicos_urbanos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1499/projeto_lei_131_-_2023_cria_secretaria_de_servicos_urbanos.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI MUNICIPAL Nº 921-2009 QUE ALTERA A LEI MUNICIPAL Nº: 202-97 DEFININDO NOVA ESTRUTURA ORGANIZACIONAL DA PREFEITURA MUNICIPAL DE SÃO MIGUEL DO GUAPORÉ, DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1139/resolucao_legislativa_no_001-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1139/resolucao_legislativa_no_001-2023.pdf</t>
   </si>
   <si>
     <t>Modifica a Resolução Legislativa n° 002/2020 que "Dispõe sobre a criação, a estrutura e o Funcionamento da Ouvidoria Parlamentar da Câmara Municipal de São Miguel do Guaporé</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1145/resolucao_legislativa_no_002-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1145/resolucao_legislativa_no_002-2023.pdf</t>
   </si>
   <si>
     <t>Fixa as datas para realização das reuniões ordinárias da câmara municipal de São Miguel do Guaporé/RO para o exercício de 2023.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1252/projeto_de_resolucao_legislativa_no_003-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1252/projeto_de_resolucao_legislativa_no_003-2023.pdf</t>
   </si>
   <si>
     <t>Insere o §4°, ao artigo 51, do Regimento Interno desta Casa Legislativa, para impor a observância do caput, do artigo 51, do Regimento Interno, quando da abertura da comissão especial para processar vereador.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1286/projeto_de_resolucao_legislativa_no_004-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1286/projeto_de_resolucao_legislativa_no_004-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os procedimentos a serem observados na videogravação de audiência realizadas no âmbito da Câmara Municipal de São Miguel do Guaporé/RO.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1318/projeto_de_resolucao_legislativa_no_005-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1318/projeto_de_resolucao_legislativa_no_005-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Sessão Lesgislativa Rural</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1322/projeto_de_resolucao_legislativa_no_006-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1322/projeto_de_resolucao_legislativa_no_006-2023.pdf</t>
   </si>
   <si>
     <t>Institui a verba de representação e fixa seu valor para os cargos de presidente, Membros da Mesa Diretora e Membros das Comissões Permanentes da Câmara Municipal de São Miguel do Guaporé.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1348/resolucao_legislativa_no_007-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1348/resolucao_legislativa_no_007-2023.pdf</t>
   </si>
   <si>
     <t>Revoga a Resolução de nº 005/2022 e a Resolução de nº 006/2022.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1352/projeto_de_resolucao_legislativa_no_008-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1352/projeto_de_resolucao_legislativa_no_008-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização de momento religioso no decorrer da Sessão Ordinária da câmara Municipal.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1317/projeto_de_emenda_a_lei_organica_01-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1317/projeto_de_emenda_a_lei_organica_01-2023.pdf</t>
   </si>
   <si>
     <t>Insere os §§1º, 2º, 3º e 4º, ao artigo 42, da Lei Orgânica do Município de São Miguel do Guaporé/RO.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1319/requerimento_001-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1319/requerimento_001-2023.pdf</t>
   </si>
   <si>
     <t>Requer realização de uma sessão ordinária itinerante na Escola Carlos Gomes, na Linha 78 sul, com início as 19h30, no dia 26 de junho de 2023, neste Município.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1337/requerimento_02-23.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1337/requerimento_02-23.pdf</t>
   </si>
   <si>
     <t>Requer o afastamento da Secretária Municipal de Saúde da gestão da pasta em razão dos prejuízos causados ao serviço público de saúde nesta cidade.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1353/requerimento_003-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1353/requerimento_003-2023.pdf</t>
   </si>
   <si>
     <t>Concessão de diploma de honra ao mérito a Karoliny Discher Martini.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1382/requerimento_004-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1382/requerimento_004-2023.pdf</t>
   </si>
   <si>
     <t>Requer Moção de aplausos para os alunos da 7ª série do Ensino Fundamental - Matutino - da Escola Deonildo Caragnatto.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1383/requerimento_005-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1383/requerimento_005-2023.pdf</t>
   </si>
   <si>
     <t>Requer Moção de aplausos para os alunos da 8ª série do Ensino Fundamental - Matutino - da Escola Deonildo Caragnatto.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1384/requerimento_006-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1384/requerimento_006-2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja concedido Diploma de Honra ao Mérito a Edna da Mota Alves e Maria Estélia Teixeira, a primeira Diretora e a segunda professora da Escola Deonildo Caragnatto deste Município.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1401/requerimento_007-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1401/requerimento_007-2023.pdf</t>
   </si>
   <si>
     <t>Moção de apoio aos nobres parlamentares em face à iminente legalização do aborto por meio a ADPF 442 pelo STF, a fim de garantir as prerrogativas constitucionais e republicanas das competências do Poder Legislativo.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>ELEITOR</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1414/requerimento_008-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1414/requerimento_008-2023.pdf</t>
   </si>
   <si>
     <t>Requer seja instaurada a Comissão Processante de Inquérito em desfavor do Vereador Leandro Aparecido do Carmo.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1417/requerimento_009-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1417/requerimento_009-2023.pdf</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1424/requerimento_010-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1424/requerimento_010-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de apoio ao Deputado Federal Marcelo Crivella, referente a PEC 05/2023, que prevê a isenção de impostos na construção e reforma de templos religiosos.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1443/requerimento_011-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1443/requerimento_011-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Elismar de Oliveira</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1444/requerimento_012-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1444/requerimento_012-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Wilber Carlos dos Santos</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1445/requerimento_013-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1445/requerimento_013-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Raduan Miguel Filho</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1446/requerimento_014-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1446/requerimento_014-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Amarildo José de Almeida</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1447/requerimento_015-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1447/requerimento_015-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Omésio Gomes de Freitas</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1448/requerimento_016-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1448/requerimento_016-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. José Pereira Santana Filho</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1449/requerimento_017-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1449/requerimento_017-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. João Pacheco</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1450/requerimento_018-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1450/requerimento_018-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Claudecir dos Santos</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1451/requerimento_019-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1451/requerimento_019-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Arnobio Ramos</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1452/requerimento_020-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1452/requerimento_020-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Joaquim Delfino Filho</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1453/requerimento_021-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1453/requerimento_021-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos a Sr(a). Oliva Padovan Camargo</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1454/requerimento_022-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1454/requerimento_022-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Ademilson Coelho de Carvalho</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1455/requerimento_023-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1455/requerimento_023-2023.pdf</t>
   </si>
   <si>
     <t>Requer concessão de Título de Cidadão Honorário ao Sr. Marino João Galina</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1456/requerimento_024-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1456/requerimento_024-2023.pdf</t>
   </si>
   <si>
     <t>Requer concessão de Título de Cidadão Honorário ao Sr. Nilton Lobato Aguiar</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1457/requerimento_025-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1457/requerimento_025-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Rones Roberto Mesquita</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1458/requerimento_026-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1458/requerimento_026-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Onésio Vivian</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1459/requerimento_027-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1459/requerimento_027-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos a Sr(a). Maria Estélia Teixeira</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1460/requerimento_028-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1460/requerimento_028-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. José Inácio de Melo</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1461/requerimento_029-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1461/requerimento_029-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Aparecido Raimundo dos Santos</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1462/requerimento_030-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1462/requerimento_030-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Olimpio Fernandes de Oliveira</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1463/requerimento_031-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1463/requerimento_031-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Batalhão da Polícia Militar do Município de São Miguel</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1464/requerimento_032-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1464/requerimento_032-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Batalhão da Polícia Civil do Município de São Miguel</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1465/requerimento_033-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1465/requerimento_033-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos a Sr(a). Dilete Santos de Morais</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1466/requerimento_034-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1466/requerimento_034-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos a Sr(a). Daiane Brito</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1467/requerimento_035-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1467/requerimento_035-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Donizete Jorge da Rocha</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1468/requerimento_036-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1468/requerimento_036-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Vereador Edimar Crispin Dias</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1469/requerimento_037-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1469/requerimento_037-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Givanildo Gonçalves</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1470/requerimento_038-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1470/requerimento_038-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Jair da Silva Gomes</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1471/requerimento_039-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1471/requerimento_039-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos a Sr(a). Aldineia Santos Maciel</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1472/requerimento_040-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1472/requerimento_040-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Gilmar Ramos dos Santos</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1473/requerimento_041-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1473/requerimento_041-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Hedycassio Cassiano</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1474/requerimento_042-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1474/requerimento_042-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos a Sr(a). Veronica de Quadros Fabian</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1475/requerimento_043-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1475/requerimento_043-2023.pdf</t>
   </si>
   <si>
     <t>Requer Titulo de Político destaque ao Sr. Vereador Edimar Crispin</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1476/requerimento_044-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1476/requerimento_044-2023.pdf</t>
   </si>
   <si>
     <t>Requer concessão de Título de Cidadão Honorário ao Sr. José Cezar Maia</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1477/requerimento_045-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1477/requerimento_045-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Vanderlan Pessoa dos Santos</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1478/requerimento_046-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1478/requerimento_046-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Edilson Crispin</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1480/requerimento_047-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1480/requerimento_047-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Thiago de Oliveira Alves</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1481/requerimento_048-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1481/requerimento_048-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos a Sr(a). Glaucia Regina Costa Souza</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1482/requerimento_049-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1482/requerimento_049-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Vilmar Silva Barros</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1483/requerimento_050-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1483/requerimento_050-2023.pdf</t>
   </si>
   <si>
     <t>Requer concessão de Título de Cidadão Honorário a Sr(a). Lunnara Antunes Gomes de Almeida Zamberlan</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1484/requerimento_051-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1484/requerimento_051-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Miguel Fabrício Zamberlan</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1485/requerimento_052-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1485/requerimento_052-2023.pdf</t>
   </si>
   <si>
     <t>Requer moção de aplausos ao Sr. Edielsom Almeida da Silva</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>ATPL</t>
   </si>
   <si>
     <t>Anteprojeto de lei</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1138/anteprojeto_001-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1138/anteprojeto_001-2023.pdf</t>
   </si>
   <si>
     <t>Concede anistia integral de multas e dispensa dos juros aos contribuintes e devedores da fazenda municipal de São Miguel do Guaporé</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1270/anteprojeto_02-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1270/anteprojeto_02-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a distribuição de implante contraceptivo reversível de longa duração de etonogestrel para mulheres em situação de vulnerabilidade.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1136/anteprojeto_003-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1136/anteprojeto_003-2023.pdf</t>
   </si>
   <si>
     <t>Cria ruas, avenidas, modifica denominações já existentes, define sentido de tráfego e dá outras providências.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1135/anteprojeto_004-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1135/anteprojeto_004-2023.pdf</t>
   </si>
   <si>
     <t>Nomina os bairros da Cidade de São Miguel do Guaporé.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1137/anteprojeto_005-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1137/anteprojeto_005-2023.pdf</t>
   </si>
   <si>
     <t>Modifica e atualiza nome de Logradouros do Distrito de Santana do Guaporé.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1288/anteprojeto_006-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1288/anteprojeto_006-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a realizar limpeza em campos de futebol regularmente cedidos ao município.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1385/anteprojeto_007-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1385/anteprojeto_007-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de rastreamento por satélite dos veículos pertecentes a frota municipal.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1411/anteprojeto_008-2023.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1411/anteprojeto_008-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre instalação de estrutura no cemitério municipal de São Miguel do Guaporé e dá outras providências.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>ECJR</t>
   </si>
   <si>
     <t>Emenda da Comissão de Justiça e Redação</t>
   </si>
   <si>
     <t>CPJR - COMISSÃO PERMANENTE DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1214/parecer_plo_020-2023_jr_emenda_modificativa.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1214/parecer_plo_020-2023_jr_emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao projeto nº 020/2023 (SAPL) que “REVOGA A LEI Nº: 2.145/2022 E AUTORIZA A PREMIAÇÃO EM VALORES PECUNIARIOS, TROFÉUS E MEDALHAS NOS CAMPEONATOS ESPORTIVOS E CULTURAIS, BEM COMO ORGANIZAÇÃO DOS EVENTOS EM GERAL. NO ÂMBITO DA SECRETARIA MUNICIPAL DE ESPORTE E CULTURA – SEMESC”.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1216/parecer_plo_021-2023_jr_emenda_modificativa.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1216/parecer_plo_021-2023_jr_emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao projeto nº 021/2023 (SAPL) que "Altera a Lei Municipal sob nº 2.241/2023, a qual dispõe sobre a possibilidade de concessão de benefícios públicos-privados as Associações sem fins lucrativos taxativamente previstas nesta Lei, e dá outras providências".</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1239/parecer_plo_096-2022_jr_emenda_modificativa.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1239/parecer_plo_096-2022_jr_emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>Emendas modificativas ao projeto nº 096/2022 (SAPL) que "Altera a Lei Complementar nº. 1965 de 20 de dezembro de 2019, a qual dispõe sobre o Estatuto e Plano de Cargos, Carreira e Remuneração dos Servidores Públicos Municipais de São Miguel do Guaporé e dá outras providências”.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1277/parecer_plo_044-2023_jr_emenda.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1277/parecer_plo_044-2023_jr_emenda.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao projeto nº 044/2023 (SAPL) que "Dispõe sobre a autorização de celebração de Termo de Cooperação com a Associação escola família agrícola do vale do Guaporé, e dá outras providências."</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1308/parecer_plo_053-2023_jr_emenda_aditiva.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1308/parecer_plo_053-2023_jr_emenda_aditiva.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva ao projeto nº 053/2023 (SAPL) que "Altera o Plano de Amortização para equacionamento do déficit atuarial do Regime Próprio de Previdência Social do Município de São Miguel do Guaporé/RO – IPMSMG, conforme diretrizes emanadas pela Portaria MPS nº. 1467/2022 e suas alterações, e dá ouras providências."</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1330/parecer_plo_062-2023_jr_emenda_modificativa.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1330/parecer_plo_062-2023_jr_emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao projeto nº 053/2023 (SAPL) que "Altera a Lei Municipal sob nº 1.334/2014, a qual dispõe sobre a política municipal de atendimento dos direitos da criança e do adolescente e da outras providencias, e dá outras providências".</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1335/parecer_plo_058-2023_jr_emenda_modificativa_e_aditiva.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1335/parecer_plo_058-2023_jr_emenda_modificativa_e_aditiva.pdf</t>
   </si>
   <si>
     <t>Emendas Modificativas e Aditivas ao projeto nº 058/2023 (SAPL) que "DISPÕE SOBRE O SISTEMA MUNICIPAL DE CULTURA DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ – SMC E DÁ OUTRAS PROVIDÊNCIA”.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1336/parecer_plo_059-2023_jr_emenda_modificativa0001.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1336/parecer_plo_059-2023_jr_emenda_modificativa0001.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao projeto nº 059/2023 (SAPL) que “CRIA O CONSELHO MUNICIPAL DE CULTURA – CMC E O FUNDO MUNICIPAL DE CULTURA - FMC E DÁ OUTRAS PROVIDÊNCIAS.”.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1347/parecer_plo_048-2023_jr_emenda_modificativa.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1347/parecer_plo_048-2023_jr_emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao projeto nº 048/2023 (SAPL) que "DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇAO DA LEI ORÇAMENTÁRIA DE 2024 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>ECFO</t>
   </si>
   <si>
     <t>Emenda da Comissão de Finança e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1213/parecer_plo_014-2023_fo_emenda.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1213/parecer_plo_014-2023_fo_emenda.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva ao projeto nº 014/2023 (SAPL), que Dispõe sobre a possibilidade de concessão de benefícios públicos-privados as Associações sem fins lucrativos taxativamente previstas nesta Lei, e dá outras providências.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1215/parecer_plo_020-2023_fo_emenda_aditiva.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1215/parecer_plo_020-2023_fo_emenda_aditiva.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva ao projeto nº 020/2023 (SAPL) que “REVOGA A LEI Nº: 2.145/2022 E AUTORIZA A PREMIAÇÃO EM VALORES PECUNIARIOS, TROFÉUS E MEDALHAS NOS CAMPEONATOS ESPORTIVOS E CULTURAIS, BEM COMO ORGANIZAÇÃO DOS EVENTOS EM GERAL. NO ÂMBITO DA SECRETARIA MUNICIPAL DE ESPORTE E CULTURA – SEMESC”.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1361/parecer_plo_078-2023_fo_com_emenda_modificativa.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1361/parecer_plo_078-2023_fo_com_emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao projeto nº 078/2023 (SAPL) que “Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências."</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>DENÚNCIA</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1228/denuncia_vereador_edimar.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1228/denuncia_vereador_edimar.pdf</t>
   </si>
   <si>
     <t>Denuncia em face ao Vereador Edimar Crispin.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS</t>
   </si>
   <si>
     <t>TCE</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1433/prestacao_de_contas_-_conelio_duarte_-_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1433/prestacao_de_contas_-_conelio_duarte_-_2018.pdf</t>
   </si>
   <si>
     <t>Prestação de contas municipal relativas ao ano 2018 de responsabilidade do senhor Cornélio Duarte</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1434/prestacao_de_contas_-_conelio_duarte_-_2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1434/prestacao_de_contas_-_conelio_duarte_-_2019.pdf</t>
   </si>
   <si>
     <t>Prestação de contas municipal relativas ao ano 2019 de responsabilidade do senhor Cornélio Duarte</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>CTPF</t>
   </si>
   <si>
     <t>COMISSÃO TEMÁTICA PERMANENTE DE FISCALIZAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1163/comissao_de_fiscalizacao.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1163/comissao_de_fiscalizacao.pdf</t>
   </si>
   <si>
     <t>Eleição para comissão temática permanente de Fiscalização (Chapa única)</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>CTPJR</t>
   </si>
   <si>
     <t>COMISSÃO TEMÁTICA PERMANENTE DE JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1165/comissao_de_justica_e_redacao.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1165/comissao_de_justica_e_redacao.pdf</t>
   </si>
   <si>
     <t>Eleição para comissão temática permanente de Justiça e Redação (Chapa única)</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>CTPFO</t>
   </si>
   <si>
     <t>COMISSÃO PERMANENTE DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1164/comissao_de_financas_e_orcamento.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1164/comissao_de_financas_e_orcamento.pdf</t>
   </si>
   <si>
     <t>Eleição para comissão temática permanente de Finanças e Orçamento (Chapa única)</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1435/parecer_fo_da_prestacao_de_contas_do_cornelio_duarte_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1435/parecer_fo_da_prestacao_de_contas_do_cornelio_duarte_2018.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente de Finanças e Orçamento nº  002/23, sobre a prestação de Contas Municipais relativas ao exercício de 2018,de responsabilidade do senhor Cornélio Duarte</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1436/parecer_fo_da_prestacao_de_contas_do_cornelio_duarte_2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1436/parecer_fo_da_prestacao_de_contas_do_cornelio_duarte_2019.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão Permanente de Finanças e Orçamento nº  003/23, sobre a prestação de Contas Municipais relativas ao exercício de 2018,de responsabilidade do senhor Cornélio Duarte</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>PI</t>
   </si>
   <si>
     <t>PROCEDIMENTO INVESTIGATIVO</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1222/oficio_recomendatorio_no_147_2023_-_pj-smg.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1222/oficio_recomendatorio_no_147_2023_-_pj-smg.pdf</t>
   </si>
   <si>
     <t>Procedimento Investigativo 01</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1223/oficio_recomendatorio_no_148_2023_-_pj-smg.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1223/oficio_recomendatorio_no_148_2023_-_pj-smg.pdf</t>
   </si>
   <si>
     <t>Procedimento Investigativo 02</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1224/oficio_recomendatorio_no_149_2023_-_pj-smg.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1224/oficio_recomendatorio_no_149_2023_-_pj-smg.pdf</t>
   </si>
   <si>
     <t>Procedimento Investigativo 03</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/</t>
   </si>
   <si>
     <t>Eleição do cargo de 1º Vice-Presidente da Mesa Diretora para o biênio 2023/2024, na vacância do cargo, através de renúncia, pelo Vereador Genivaldo Martins.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4031,67 +4031,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1188/parecer_plo_014-2023_fo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1140/indicacao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1141/indicacao_002-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1142/indicacao_003-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1143/indicacao_004-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1144/indicacao_005-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1151/indicacao_006-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1152/indicacao_007-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1153/indicacao_008-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1154/indicacao_009-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1155/indicacao_010-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1156/indicacao_011-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1157/indicacao_012-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1158/indicacao_013-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1161/indicacao_014-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1162/indicacao_015-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1171/indicacao_016-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1172/indicacao_017-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1174/indicacao_018-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1175/indicacao_019-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1176/indicacao_020-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1177/indicacao_021-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1179/indicacao_022-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1180/indicacao_023-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1184/indicacao_024-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1185/indicacao_025-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1189/indicacao_026-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1192/indicacao_027-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1195/indicacao_028-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1196/indicacao_029-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1197/indicacao_030-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1198/indicacao_031-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1199/indicacao_032-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1202/indicacao_033-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1203/indicacao_034-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1207/indicacao_035-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1208/indicacao_036-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1209/indicacao_037-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1210/indicacao_038-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1211/indicacao_039-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1220/indicacao_040-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1221/indicacao_041-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1218/indicacao_042-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1219/indicacao_043-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1230/indicacao_044-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1225/indicacao_045-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1226/indicacao_046-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1229/indicacao_047-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1231/indicacao_048-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1232/indicacao_049-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1233/indicacao_050-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1236/indicacao_051-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1240/indicacao_052-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1246/indicacao_053-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1247/indicacao_054-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1248/indicacao_055-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1250/indicacao_056-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1251/indicacao_057-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1253/indicacao_058-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1257/indicacao_059-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1258/indicacao_060-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1259/indicacao_061-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1260/indicacao_062-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1261/indicacao_063-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1262/indicacao_064-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1263/indicacao_065-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1271/indicacao_066-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1274/indicacao_067-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1282/indicacao_068-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_069-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_070-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_071-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_072-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1290/indicacao_073-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1291/indicacao_074-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1292/indicacao_075-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1295/indicacao_076-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1298/indicacao_077-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_078-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_079-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1301/indicacao_080-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1302/indicacao_081-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1303/indicacao_082-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1305/indicacao_083-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1306/indicacao_084-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1307/indicacao_085-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1309/indicacao_086-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1312/indicacao_087-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1313/indicacao_088-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1320/indicacao_089-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1321/indicacao_090-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1324/indicacao_091-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1325/indicacao_092-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1326/indicacao_093-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1327/indicacao_094-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1329/indicacao_095-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1334/indicacao_096-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1341/indicacao_097-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1342/indicacao_098-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1343/indicacao_099-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1344/indicacao_100-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1350/indicacao_101-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1351/indicacao_102-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1355/indicacao_103-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1358/indicacao_104-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1359/indicacao_105-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1360/indicacao_106-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1362/indicacao_107-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1366/indicacao_108-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1367/indicacao_109-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1368/indicacao_110-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1369/indicacao_111-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1374/indicacao_112-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1375/indicacao_113-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1376/indicacao_114-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1377/indicacao_115-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1379/indicacao_116-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1387/indicacao_117-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1388/indicacao_118-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1391/indicacao_119-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1396/indicacao_120-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1397/indicacao_121-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1398/indicacao_122-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1402/indicacao_123-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1403/indicacao_124-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1404/indicacao_125-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1405/indicacao_126-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1406/indicacao_127-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1407/indicacao_128-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1408/indicacao_129-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1412/indicacao_130-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1418/indicacao_131-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1429/indicacao_132-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1430/indicacao_133-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1432/indicacao_134-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1479/indicacao_135-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1310/projeto_de_decreto_legislativo_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1146/projeto_de_lei_004_2023_-__rpps_extinto_s_miguel.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1147/projeto_de_lei_005-_2023-teste_seletivo_secretaria_de_trabalho_e_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1148/projeto_de_lei_006-2023-teste_seletivo_saude_e_obras..pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1149/projeto_de_lei_007-2023-_projeto_criacao_de_nome_preca_publica_santana_do_guapore..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1150/projeto_de_lei_008-2023_-_autoriza_a_utilidade_publica_da_associacao_escolar_familia_vale_do_guapore.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1159/projeto_de_lei_no_-2023_-_dispoe_sobre_a_adequacao_da_remuneracao_minima_da_classe_docente.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1160/projeto_camara_10-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1166/projeto_de_lei_001_-_credito_especial_saude.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1167/projeto_de_lei_002_-_2023_credito_especial_saude.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1168/projeto_de_lei_003_-_2023_credito_especial_saude.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1169/projeto_de_lei_14-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1170/projeto_de_lei_no_011-2022_-_autoriza_a_premiacao_em_valores_pecuniarios_trofeus_e_medalhas_nos_campeonatos_esportivos._-_copia_1_1.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1173/projeto_de_lei_012_-_2023_credito_especial_educacao.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1178/projeto_de_lei_no_018-2023_associacoes.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1181/projeto_015-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1182/projeto_de_lei_019_teste_seletivo_semtras.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1183/projeto_de_lei_no_017_-_2023_programa_especial_de__recuperacao_fiscal_do_municipio_de_sao_miguel_do_guapore_-_refis_municipal-1-5.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1186/projeto_de_lei_no_022-2023_piso_salarial_professores_atualizado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1187/projeto_de_lei_021-2023_-_sao_miguel_do_guapore.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1190/projeto_de_lei_021-2023_-_sao_miguel_do_guapore.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1193/projeto_de_lei_no_025_-_2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1194/projeto_camara_022-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1200/projeto_de_lei_-_27_-_credito_especial_educacao.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1201/projeto_de_lei_-_28_credito_adicional_suplementar_educacao-1-3.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1204/projeto_de_lei_030_-_2023_contrapartida_credito_especial_semosp-1-3.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1205/projeto_de_lei_031_-_2023_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1206/projeto_de_lei_029_-_2023_credito_especial_semosp-1-3_1.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1217/projeto_de_lei_032_-_prorrogacao_teste_seletivo_da_saude.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1227/projeto_camara_029-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1234/projeto_de_lei_033_-_cria_o_conselho_municipal_de_cultura_ok.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1235/projeto_de_lei_034_-_cria_o_sistema_municipal_de_cultura_do_munipio_ok_-_para_mesclagem.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1241/projeto_de_lei_037_-_dispoe_sobre_transporte_de_indigenas_da_area_rural_a_area_urbana.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1242/projeto_de_lei_038-2023-_projeto_altera_nome_da_rua.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1243/projeto_de_lei_039_-_2023_credito_especial_saude.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1244/projeto_de_lei_no_40_-_2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1245/projeto_de_lei_no_044_-_2023_nova_estrutura_de_cargos_e_salarios.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1249/projeto_de_lei_042_-_secretaria_do_indio.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1254/projeto_de_lei_047_-_2023_-_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1255/projeto_de_lei_043_credito_especial_saude.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1256/projeto_de_lei_046_cedito_especial_saude_ok.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1264/projeto_de_lei_no_050_-_2023_salario_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1265/projeto_de_lei_no_051_-_2023_estabelece_a_escala_de_plantao.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1266/projeto_de_lei_048_-_2023_credito_especial_saude.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1267/projeto_de_lei_052_-_2023_associacao_escola_familia_agricola_do_vale_do_guapore.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1268/projeto_camara_045-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1269/projeto_lei_no_055_-_2023_-_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1272/projeto_de_lei_no_053_-_2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_lei_055_-_2023_ldo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1275/projeto_de_lei_053_credito_adicional_suplementar_2.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1276/projeto_de_lei_050_-_2023_salario_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1278/projeto_de_lei_036_-_estabelece_atribuicoes_ao_cargo_de_fiscal_fazendario.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1279/projeto_de_lei_no_56_-_2023_com_semat_corrigido.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1280/projeto_de_lei_057_-_2023_homologacao_-_calculo_2023-_aporte_mensal.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1281/projeto_de_lei_058_-_2023_programa_a_saude_dos_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1289/projeto_de_lei_059-2023_superavit.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1293/projeto_de_lei_60-2023_recursos.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1294/projeto_camara_057-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1296/projeto_de_lei_63_-_2023_-_dispoe_sobre_o_sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1297/projeto_de_lei_64_-_2023_cria_o_conselho_municipal_de_cultura_corrigido.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1304/projeto_de_lei_061_-_2023_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1311/projeto_de_lei_65_-_2023_credito_especial_saude.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1314/projeto_de_lei_069-_2023_salario_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1315/projeto_de_lei_070_-_2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1316/projeto_de_lei_71_-_2023_projeto_de_lei_autorizacao_para_realizacao_de_teste_seletivo_simplificado_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1323/projeto_camara_065-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1328/projeto_camara_066-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1331/projeto_de_lei_079_-_2023_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1332/projeto_de_lei_075_-_2023_credito_especial_saude.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1333/projeto_camara_069-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1338/projeto_de_lei_74_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1339/projeto_de_lei_73-2023_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1340/projeto_de_lei_80-2023_credito_especial_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1345/projeto_de_lei_76_-_2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1346/projeto_de_lei_81_-_2023_teste_seletivo_meio_ambiente_e_educacao_1.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1349/projeto_83_mensagem_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1354/projeto_de_lei_084-2023_doacao_de_terreno_oab-ro.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1356/projeto_camara_077-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1357/projeto_de_lei_84_-_assinado_e_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1363/projeto_camara_079-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1364/projeto_camara_080-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1365/projeto_camara_081-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1370/projeto_de_lei_85_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1371/projeto_de_lei_87_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1372/projeto_de_lei_86-2023_assinado_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1373/projeto_lei_88_-_2023_-_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1378/projeto_de_lei_89-2023_assinado_e_com_a_justificativa.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1380/projeto_de_lei_91-2023_completo_e_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1381/projeto_de_lei_n_92_-_2023_-_doacao_oab.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1386/projeto_de_lei_93-2023_com_anexo_e_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1389/projeto_de_lei_94_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1390/projeto_de_lei_95_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1392/projeto_de_lei__0097_-_2023_revogacao_da_lei_2200-2020.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1393/projeto_de_lei_98_-_2023_projeto_de_lei_que_revoga_e_lei_n_1.757_-_2017.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1394/projeto_de_lei_99_-_2023_projeto_de_lei_piso_salarial_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1395/projeto_de_lei_100_assinado_e_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1399/projeto_de_lei_96_assinado_e_com_os_anexos.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1400/projeto_de_lei_101_assinado_e_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1409/projeto_camara_098-2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1410/projeto_camara_099-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1419/projeto_de_lei_103-2023_doacao_de_imovel_urbado_governo_do_estado_de_rondonia_assinado_e_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1420/projeto_de_lei_106_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1421/projeto_de_lei_104_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1422/projeto_de_lei_102_assinado_e_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1423/projeto_de_lei_105_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1425/projeto_de_lei_107_-_2023_projeto_de_lei_piso_salarial_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1426/projeto_de_lei_108_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1427/projeto_de_lei_109_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1428/projeto_de_lei_110_-_2023_criacao_de_ossario.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1431/projeto_de_lei_111_-_2023_reforma_da_previdencia.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1437/projeto_de_lei_112-2023_assinado_e_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1438/projeto_de_lei_113-2023_assinado_e_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1439/projeto_de_lei_115-2023_assinado_e_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1440/projeto_de_lei_114-2023_assinado_e_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1441/ilovepdf_merged_23.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1442/projeto_de_lei_118_-_2023_prorrogacao_refis.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1486/projeto_de_lei_119-2023_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1487/projeto_de_lei_no._120_-_2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1488/projeto_de_lei_no_121_-_2023_anexo_final.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1489/projeto_de_lei__00122_-_2023_desmebramento_secretarias.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1490/projeto_de_lei_123_-_2023_projeto_de_lei_autorizacao_para_realizacao_de_teste_seletivo_simplificado_secretaria_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1491/projeto_de_lei_no._124_-_2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1492/projeto_lei_127_-_2023_cria_secretaria_de_servicos_urbanos.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1493/projeto_de_lei__126_-_2023_unificacao_secretaria_de_obras_e_agricultura.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1494/projeto_de_lei__128_-_2023_doacao_imovel_urbano.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1495/projeto_de_lei__-_128_-_2023_abertuda_de_credito.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1496/projeto_de_lei_-_129_-_2023_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1497/projeto_de_lei_130_-_2023_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1498/projeto_de_lei_132_-_2023_projeto_de_lei_autorizacao_para_realizacao_de_teste_seletivo_simplificado_secretaria_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1499/projeto_lei_131_-_2023_cria_secretaria_de_servicos_urbanos.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1139/resolucao_legislativa_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1145/resolucao_legislativa_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1252/projeto_de_resolucao_legislativa_no_003-2023.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1286/projeto_de_resolucao_legislativa_no_004-2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1318/projeto_de_resolucao_legislativa_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1322/projeto_de_resolucao_legislativa_no_006-2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1348/resolucao_legislativa_no_007-2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1352/projeto_de_resolucao_legislativa_no_008-2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1317/projeto_de_emenda_a_lei_organica_01-2023.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1319/requerimento_001-2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1337/requerimento_02-23.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1353/requerimento_003-2023.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1382/requerimento_004-2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1383/requerimento_005-2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1384/requerimento_006-2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1401/requerimento_007-2023.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1414/requerimento_008-2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1417/requerimento_009-2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1424/requerimento_010-2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1443/requerimento_011-2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1444/requerimento_012-2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1445/requerimento_013-2023.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1446/requerimento_014-2023.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1447/requerimento_015-2023.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1448/requerimento_016-2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1449/requerimento_017-2023.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1450/requerimento_018-2023.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1451/requerimento_019-2023.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1452/requerimento_020-2023.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1453/requerimento_021-2023.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1454/requerimento_022-2023.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1455/requerimento_023-2023.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1456/requerimento_024-2023.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1457/requerimento_025-2023.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1458/requerimento_026-2023.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1459/requerimento_027-2023.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1460/requerimento_028-2023.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1461/requerimento_029-2023.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1462/requerimento_030-2023.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1463/requerimento_031-2023.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1464/requerimento_032-2023.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1465/requerimento_033-2023.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1466/requerimento_034-2023.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1467/requerimento_035-2023.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1468/requerimento_036-2023.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1469/requerimento_037-2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1470/requerimento_038-2023.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1471/requerimento_039-2023.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1472/requerimento_040-2023.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1473/requerimento_041-2023.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1474/requerimento_042-2023.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1475/requerimento_043-2023.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1476/requerimento_044-2023.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1477/requerimento_045-2023.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1478/requerimento_046-2023.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1480/requerimento_047-2023.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1481/requerimento_048-2023.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1482/requerimento_049-2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1483/requerimento_050-2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1484/requerimento_051-2023.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1485/requerimento_052-2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1138/anteprojeto_001-2023.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1270/anteprojeto_02-2023.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1136/anteprojeto_003-2023.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1135/anteprojeto_004-2023.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1137/anteprojeto_005-2023.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1288/anteprojeto_006-2023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1385/anteprojeto_007-2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1411/anteprojeto_008-2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1214/parecer_plo_020-2023_jr_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1216/parecer_plo_021-2023_jr_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1239/parecer_plo_096-2022_jr_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1277/parecer_plo_044-2023_jr_emenda.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1308/parecer_plo_053-2023_jr_emenda_aditiva.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1330/parecer_plo_062-2023_jr_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1335/parecer_plo_058-2023_jr_emenda_modificativa_e_aditiva.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1336/parecer_plo_059-2023_jr_emenda_modificativa0001.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1347/parecer_plo_048-2023_jr_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1213/parecer_plo_014-2023_fo_emenda.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1215/parecer_plo_020-2023_fo_emenda_aditiva.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1361/parecer_plo_078-2023_fo_com_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1228/denuncia_vereador_edimar.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1433/prestacao_de_contas_-_conelio_duarte_-_2018.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1434/prestacao_de_contas_-_conelio_duarte_-_2019.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1163/comissao_de_fiscalizacao.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1165/comissao_de_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1164/comissao_de_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1435/parecer_fo_da_prestacao_de_contas_do_cornelio_duarte_2018.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1436/parecer_fo_da_prestacao_de_contas_do_cornelio_duarte_2019.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1222/oficio_recomendatorio_no_147_2023_-_pj-smg.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1223/oficio_recomendatorio_no_148_2023_-_pj-smg.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1224/oficio_recomendatorio_no_149_2023_-_pj-smg.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1188/parecer_plo_014-2023_fo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1140/indicacao_001-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1141/indicacao_002-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1142/indicacao_003-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1143/indicacao_004-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1144/indicacao_005-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1151/indicacao_006-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1152/indicacao_007-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1153/indicacao_008-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1154/indicacao_009-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1155/indicacao_010-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1156/indicacao_011-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1157/indicacao_012-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1158/indicacao_013-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1161/indicacao_014-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1162/indicacao_015-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1171/indicacao_016-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1172/indicacao_017-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1174/indicacao_018-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1175/indicacao_019-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1176/indicacao_020-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1177/indicacao_021-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1179/indicacao_022-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1180/indicacao_023-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1184/indicacao_024-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1185/indicacao_025-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1189/indicacao_026-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1192/indicacao_027-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1195/indicacao_028-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1196/indicacao_029-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1197/indicacao_030-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1198/indicacao_031-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1199/indicacao_032-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1202/indicacao_033-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1203/indicacao_034-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1207/indicacao_035-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1208/indicacao_036-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1209/indicacao_037-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1210/indicacao_038-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1211/indicacao_039-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1220/indicacao_040-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1221/indicacao_041-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1218/indicacao_042-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1219/indicacao_043-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1230/indicacao_044-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1225/indicacao_045-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1226/indicacao_046-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1229/indicacao_047-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1231/indicacao_048-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1232/indicacao_049-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1233/indicacao_050-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1236/indicacao_051-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1240/indicacao_052-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1246/indicacao_053-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1247/indicacao_054-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1248/indicacao_055-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1250/indicacao_056-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1251/indicacao_057-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1253/indicacao_058-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1257/indicacao_059-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1258/indicacao_060-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1259/indicacao_061-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1260/indicacao_062-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1261/indicacao_063-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1262/indicacao_064-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1263/indicacao_065-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1271/indicacao_066-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1274/indicacao_067-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1282/indicacao_068-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1283/indicacao_069-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1284/indicacao_070-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1285/indicacao_071-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1287/indicacao_072-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1290/indicacao_073-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1291/indicacao_074-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1292/indicacao_075-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1295/indicacao_076-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1298/indicacao_077-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1299/indicacao_078-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1300/indicacao_079-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1301/indicacao_080-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1302/indicacao_081-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1303/indicacao_082-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1305/indicacao_083-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1306/indicacao_084-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1307/indicacao_085-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1309/indicacao_086-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1312/indicacao_087-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1313/indicacao_088-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1320/indicacao_089-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1321/indicacao_090-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1324/indicacao_091-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1325/indicacao_092-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1326/indicacao_093-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1327/indicacao_094-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1329/indicacao_095-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1334/indicacao_096-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1341/indicacao_097-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1342/indicacao_098-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1343/indicacao_099-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1344/indicacao_100-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1350/indicacao_101-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1351/indicacao_102-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1355/indicacao_103-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1358/indicacao_104-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1359/indicacao_105-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1360/indicacao_106-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1362/indicacao_107-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1366/indicacao_108-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1367/indicacao_109-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1368/indicacao_110-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1369/indicacao_111-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1374/indicacao_112-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1375/indicacao_113-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1376/indicacao_114-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1377/indicacao_115-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1379/indicacao_116-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1387/indicacao_117-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1388/indicacao_118-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1391/indicacao_119-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1396/indicacao_120-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1397/indicacao_121-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1398/indicacao_122-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1402/indicacao_123-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1403/indicacao_124-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1404/indicacao_125-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1405/indicacao_126-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1406/indicacao_127-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1407/indicacao_128-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1408/indicacao_129-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1412/indicacao_130-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1418/indicacao_131-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1429/indicacao_132-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1430/indicacao_133-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1432/indicacao_134-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1479/indicacao_135-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1310/projeto_de_decreto_legislativo_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1146/projeto_de_lei_004_2023_-__rpps_extinto_s_miguel.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1147/projeto_de_lei_005-_2023-teste_seletivo_secretaria_de_trabalho_e_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1148/projeto_de_lei_006-2023-teste_seletivo_saude_e_obras..pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1149/projeto_de_lei_007-2023-_projeto_criacao_de_nome_preca_publica_santana_do_guapore..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1150/projeto_de_lei_008-2023_-_autoriza_a_utilidade_publica_da_associacao_escolar_familia_vale_do_guapore.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1159/projeto_de_lei_no_-2023_-_dispoe_sobre_a_adequacao_da_remuneracao_minima_da_classe_docente.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1160/projeto_camara_10-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1166/projeto_de_lei_001_-_credito_especial_saude.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1167/projeto_de_lei_002_-_2023_credito_especial_saude.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1168/projeto_de_lei_003_-_2023_credito_especial_saude.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1169/projeto_de_lei_14-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1170/projeto_de_lei_no_011-2022_-_autoriza_a_premiacao_em_valores_pecuniarios_trofeus_e_medalhas_nos_campeonatos_esportivos._-_copia_1_1.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1173/projeto_de_lei_012_-_2023_credito_especial_educacao.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1178/projeto_de_lei_no_018-2023_associacoes.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1181/projeto_015-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1182/projeto_de_lei_019_teste_seletivo_semtras.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1183/projeto_de_lei_no_017_-_2023_programa_especial_de__recuperacao_fiscal_do_municipio_de_sao_miguel_do_guapore_-_refis_municipal-1-5.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1186/projeto_de_lei_no_022-2023_piso_salarial_professores_atualizado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1187/projeto_de_lei_021-2023_-_sao_miguel_do_guapore.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1190/projeto_de_lei_021-2023_-_sao_miguel_do_guapore.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1193/projeto_de_lei_no_025_-_2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1194/projeto_camara_022-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1200/projeto_de_lei_-_27_-_credito_especial_educacao.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1201/projeto_de_lei_-_28_credito_adicional_suplementar_educacao-1-3.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1204/projeto_de_lei_030_-_2023_contrapartida_credito_especial_semosp-1-3.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1205/projeto_de_lei_031_-_2023_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1206/projeto_de_lei_029_-_2023_credito_especial_semosp-1-3_1.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1217/projeto_de_lei_032_-_prorrogacao_teste_seletivo_da_saude.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1227/projeto_camara_029-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1234/projeto_de_lei_033_-_cria_o_conselho_municipal_de_cultura_ok.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1235/projeto_de_lei_034_-_cria_o_sistema_municipal_de_cultura_do_munipio_ok_-_para_mesclagem.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1241/projeto_de_lei_037_-_dispoe_sobre_transporte_de_indigenas_da_area_rural_a_area_urbana.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1242/projeto_de_lei_038-2023-_projeto_altera_nome_da_rua.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1243/projeto_de_lei_039_-_2023_credito_especial_saude.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1244/projeto_de_lei_no_40_-_2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1245/projeto_de_lei_no_044_-_2023_nova_estrutura_de_cargos_e_salarios.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1249/projeto_de_lei_042_-_secretaria_do_indio.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1254/projeto_de_lei_047_-_2023_-_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1255/projeto_de_lei_043_credito_especial_saude.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1256/projeto_de_lei_046_cedito_especial_saude_ok.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1264/projeto_de_lei_no_050_-_2023_salario_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1265/projeto_de_lei_no_051_-_2023_estabelece_a_escala_de_plantao.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1266/projeto_de_lei_048_-_2023_credito_especial_saude.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1267/projeto_de_lei_052_-_2023_associacao_escola_familia_agricola_do_vale_do_guapore.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1268/projeto_camara_045-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1269/projeto_lei_no_055_-_2023_-_contratacao_temporaria.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1272/projeto_de_lei_no_053_-_2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1273/projeto_de_lei_055_-_2023_ldo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1275/projeto_de_lei_053_credito_adicional_suplementar_2.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1276/projeto_de_lei_050_-_2023_salario_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1278/projeto_de_lei_036_-_estabelece_atribuicoes_ao_cargo_de_fiscal_fazendario.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1279/projeto_de_lei_no_56_-_2023_com_semat_corrigido.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1280/projeto_de_lei_057_-_2023_homologacao_-_calculo_2023-_aporte_mensal.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1281/projeto_de_lei_058_-_2023_programa_a_saude_dos_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1289/projeto_de_lei_059-2023_superavit.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1293/projeto_de_lei_60-2023_recursos.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1294/projeto_camara_057-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1296/projeto_de_lei_63_-_2023_-_dispoe_sobre_o_sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1297/projeto_de_lei_64_-_2023_cria_o_conselho_municipal_de_cultura_corrigido.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1304/projeto_de_lei_061_-_2023_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1311/projeto_de_lei_65_-_2023_credito_especial_saude.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1314/projeto_de_lei_069-_2023_salario_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1315/projeto_de_lei_070_-_2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1316/projeto_de_lei_71_-_2023_projeto_de_lei_autorizacao_para_realizacao_de_teste_seletivo_simplificado_secretaria_de_saude.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1323/projeto_camara_065-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1328/projeto_camara_066-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1331/projeto_de_lei_079_-_2023_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1332/projeto_de_lei_075_-_2023_credito_especial_saude.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1333/projeto_camara_069-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1338/projeto_de_lei_74_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1339/projeto_de_lei_73-2023_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1340/projeto_de_lei_80-2023_credito_especial_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1345/projeto_de_lei_76_-_2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1346/projeto_de_lei_81_-_2023_teste_seletivo_meio_ambiente_e_educacao_1.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1349/projeto_83_mensagem_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1354/projeto_de_lei_084-2023_doacao_de_terreno_oab-ro.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1356/projeto_camara_077-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1357/projeto_de_lei_84_-_assinado_e_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1363/projeto_camara_079-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1364/projeto_camara_080-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1365/projeto_camara_081-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1370/projeto_de_lei_85_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1371/projeto_de_lei_87_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1372/projeto_de_lei_86-2023_assinado_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1373/projeto_lei_88_-_2023_-_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1378/projeto_de_lei_89-2023_assinado_e_com_a_justificativa.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1380/projeto_de_lei_91-2023_completo_e_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1381/projeto_de_lei_n_92_-_2023_-_doacao_oab.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1386/projeto_de_lei_93-2023_com_anexo_e_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1389/projeto_de_lei_94_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1390/projeto_de_lei_95_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1392/projeto_de_lei__0097_-_2023_revogacao_da_lei_2200-2020.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1393/projeto_de_lei_98_-_2023_projeto_de_lei_que_revoga_e_lei_n_1.757_-_2017.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1394/projeto_de_lei_99_-_2023_projeto_de_lei_piso_salarial_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1395/projeto_de_lei_100_assinado_e_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1399/projeto_de_lei_96_assinado_e_com_os_anexos.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1400/projeto_de_lei_101_assinado_e_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1409/projeto_camara_098-2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1410/projeto_camara_099-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1419/projeto_de_lei_103-2023_doacao_de_imovel_urbado_governo_do_estado_de_rondonia_assinado_e_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1420/projeto_de_lei_106_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1421/projeto_de_lei_104_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1422/projeto_de_lei_102_assinado_e_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1423/projeto_de_lei_105_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1425/projeto_de_lei_107_-_2023_projeto_de_lei_piso_salarial_enfermeiros.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1426/projeto_de_lei_108_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1427/projeto_de_lei_109_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1428/projeto_de_lei_110_-_2023_criacao_de_ossario.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1431/projeto_de_lei_111_-_2023_reforma_da_previdencia.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1437/projeto_de_lei_112-2023_assinado_e_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1438/projeto_de_lei_113-2023_assinado_e_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1439/projeto_de_lei_115-2023_assinado_e_com_anexos.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1440/projeto_de_lei_114-2023_assinado_e_com_anexo.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1441/ilovepdf_merged_23.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1442/projeto_de_lei_118_-_2023_prorrogacao_refis.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1486/projeto_de_lei_119-2023_-_abertura_de_credito.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1487/projeto_de_lei_no._120_-_2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1488/projeto_de_lei_no_121_-_2023_anexo_final.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1489/projeto_de_lei__00122_-_2023_desmebramento_secretarias.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1490/projeto_de_lei_123_-_2023_projeto_de_lei_autorizacao_para_realizacao_de_teste_seletivo_simplificado_secretaria_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1491/projeto_de_lei_no._124_-_2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1492/projeto_lei_127_-_2023_cria_secretaria_de_servicos_urbanos.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1493/projeto_de_lei__126_-_2023_unificacao_secretaria_de_obras_e_agricultura.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1494/projeto_de_lei__128_-_2023_doacao_imovel_urbano.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1495/projeto_de_lei__-_128_-_2023_abertuda_de_credito.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1496/projeto_de_lei_-_129_-_2023_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1497/projeto_de_lei_130_-_2023_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1498/projeto_de_lei_132_-_2023_projeto_de_lei_autorizacao_para_realizacao_de_teste_seletivo_simplificado_secretaria_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1499/projeto_lei_131_-_2023_cria_secretaria_de_servicos_urbanos.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1139/resolucao_legislativa_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1145/resolucao_legislativa_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1252/projeto_de_resolucao_legislativa_no_003-2023.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1286/projeto_de_resolucao_legislativa_no_004-2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1318/projeto_de_resolucao_legislativa_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1322/projeto_de_resolucao_legislativa_no_006-2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1348/resolucao_legislativa_no_007-2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1352/projeto_de_resolucao_legislativa_no_008-2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1317/projeto_de_emenda_a_lei_organica_01-2023.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1319/requerimento_001-2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1337/requerimento_02-23.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1353/requerimento_003-2023.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1382/requerimento_004-2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1383/requerimento_005-2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1384/requerimento_006-2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1401/requerimento_007-2023.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1414/requerimento_008-2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1417/requerimento_009-2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1424/requerimento_010-2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1443/requerimento_011-2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1444/requerimento_012-2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1445/requerimento_013-2023.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1446/requerimento_014-2023.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1447/requerimento_015-2023.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1448/requerimento_016-2023.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1449/requerimento_017-2023.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1450/requerimento_018-2023.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1451/requerimento_019-2023.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1452/requerimento_020-2023.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1453/requerimento_021-2023.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1454/requerimento_022-2023.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1455/requerimento_023-2023.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1456/requerimento_024-2023.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1457/requerimento_025-2023.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1458/requerimento_026-2023.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1459/requerimento_027-2023.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1460/requerimento_028-2023.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1461/requerimento_029-2023.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1462/requerimento_030-2023.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1463/requerimento_031-2023.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1464/requerimento_032-2023.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1465/requerimento_033-2023.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1466/requerimento_034-2023.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1467/requerimento_035-2023.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1468/requerimento_036-2023.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1469/requerimento_037-2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1470/requerimento_038-2023.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1471/requerimento_039-2023.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1472/requerimento_040-2023.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1473/requerimento_041-2023.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1474/requerimento_042-2023.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1475/requerimento_043-2023.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1476/requerimento_044-2023.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1477/requerimento_045-2023.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1478/requerimento_046-2023.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1480/requerimento_047-2023.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1481/requerimento_048-2023.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1482/requerimento_049-2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1483/requerimento_050-2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1484/requerimento_051-2023.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1485/requerimento_052-2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1138/anteprojeto_001-2023.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1270/anteprojeto_02-2023.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1136/anteprojeto_003-2023.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1135/anteprojeto_004-2023.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1137/anteprojeto_005-2023.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1288/anteprojeto_006-2023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1385/anteprojeto_007-2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1411/anteprojeto_008-2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1214/parecer_plo_020-2023_jr_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1216/parecer_plo_021-2023_jr_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1239/parecer_plo_096-2022_jr_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1277/parecer_plo_044-2023_jr_emenda.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1308/parecer_plo_053-2023_jr_emenda_aditiva.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1330/parecer_plo_062-2023_jr_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1335/parecer_plo_058-2023_jr_emenda_modificativa_e_aditiva.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1336/parecer_plo_059-2023_jr_emenda_modificativa0001.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1347/parecer_plo_048-2023_jr_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1213/parecer_plo_014-2023_fo_emenda.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1215/parecer_plo_020-2023_fo_emenda_aditiva.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1361/parecer_plo_078-2023_fo_com_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1228/denuncia_vereador_edimar.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1433/prestacao_de_contas_-_conelio_duarte_-_2018.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1434/prestacao_de_contas_-_conelio_duarte_-_2019.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1163/comissao_de_fiscalizacao.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1165/comissao_de_justica_e_redacao.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1164/comissao_de_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1435/parecer_fo_da_prestacao_de_contas_do_cornelio_duarte_2018.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1436/parecer_fo_da_prestacao_de_contas_do_cornelio_duarte_2019.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1222/oficio_recomendatorio_no_147_2023_-_pj-smg.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1223/oficio_recomendatorio_no_148_2023_-_pj-smg.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2023/1224/oficio_recomendatorio_no_149_2023_-_pj-smg.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H360"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="52.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="66.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="215.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="214.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>