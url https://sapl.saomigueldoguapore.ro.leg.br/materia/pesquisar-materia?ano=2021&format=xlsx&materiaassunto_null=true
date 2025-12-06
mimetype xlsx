--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2540" uniqueCount="1148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2548" uniqueCount="1154">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -3501,50 +3501,68 @@
     <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/749/projeto_de_lei_052-2021.pdf</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/780/plo_058-2021_substitutivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização do travessão vicinal entre a BR 429 e a Rodovia Estadual 481, bem ainda do recebimento a título gratuito de parte dos imóveis rurais que compõe a via objeto desta Lei, no âmbito do Município de São Miguel do Guaporé-RO.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>PERI</t>
   </si>
   <si>
     <t>Projeto de Emenda ao Regimento Interno</t>
   </si>
   <si>
     <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/788/projeto_de_resolucao_ao_regimento_interno.pdf</t>
   </si>
   <si>
     <t>ATUALIZA A REDAÇÃO DO REGIMENTO INTERNO DA CÂMARA MUNCIIPAL DE SÃO MIGUEL DO GUAPORÉ</t>
+  </si>
+  <si>
+    <t>2648</t>
+  </si>
+  <si>
+    <t>CTPFO</t>
+  </si>
+  <si>
+    <t>COMISSÃO PERMANENTE DE FINANÇAS E ORÇAMENTO</t>
+  </si>
+  <si>
+    <t>CFO - COMISSÃO PERMANENTE DE FINANÇAS E ORÇAMENTO</t>
+  </si>
+  <si>
+    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/2648/parecer_fo_da_prestacao_de_contas_do_zenildo_perreira_2014.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão Permanente de Finanças e Orçamento sobre a prestação de Contas Municipais relativas ao exercício de 2014, de responsabilidade do senhor Zenildo Perreira dos Santos.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3848,66 +3866,65 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/527/indicacao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/528/indicacao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/529/indicacao_003-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/530/indicacao_004-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/532/indicacao_005-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/531/indicacao_006-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/533/indicacao_007-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/535/indicacao_008-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/536/indicacao_009-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/537/indicacao_010-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/538/indicacao_011-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/539/indicacao_012-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/540/indicacao_013-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/541/indicacao_014-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/542/indicacao_015-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/543/indicacao_016-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/547/indicacao_017-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/548/indicacao_018-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/545/indicacao_019-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/544/indicacao_020-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/549/indicacao_021-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/550/indicacao_022-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/551/indicacao_023-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/554/indicacao_024-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/555/indicacao_025-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/556/indicacao_026-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/557/indicacao_027-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/558/indicacao_028-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/559/indicacao_029-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/560/indicacao_030-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/561/indicacao_031-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/562/indicacao_032-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/563/indicacao_033-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/565/indicacao_034-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/567/indicacao_035-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/568/indicacao_036-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/569/indicacao_037-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/572/indicacao_039-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/573/indicacao_040-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/575/indicacao_041-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/576/indicacao_042-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/577/indicacao_043-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/581/indicacao_044-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/583/indicacao_045-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/584/indicacao_046-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/588/indicacao_047-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/589/indicacao_048-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/591/indicacao_049-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/592/indicacao_050-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/596/indicacao_051-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/598/indicacao_052-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/599/indicacao_053-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/600/indicacao_054-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/603/indicacao_055-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/606/indicacao_056-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/615/indicacao_057-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/625/indicacao_058-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/629/indicacao_059-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/630/indicacao_060-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/631/indicacao_061-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/634/indicacao_062-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/636/indicacao_063-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/637/indicacao_064-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/640/indicacao_065-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/641/indicacao_066-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/642/indicacao_067-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/643/indicacao_068-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/644/indicacao_069-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/645/indicacao_070-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/646/indicacao_071-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/647/indicacao_072-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/648/indicacao_073-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/649/indicacao_074-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/651/indicacao_076-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/652/indicacao_077-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/662/indicacao_078-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/663/indicacao_079-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/665/indicacao_081-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/666/indicacao_082-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/667/indicacao_083-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/668/indicacao_084-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/670/indicacao_085-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/671/indicacao_086-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/673/indicacao_087-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/674/indicacao_088-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/677/indicacao_089-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/675/indicacao_090-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/676/indicacao_091-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/679/indicacao_092-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/680/indicacao_093-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/681/indicacao_094-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/682/indicacao_095-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/683/indicacao_096-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/686/indicacao_097-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/689/indicacao_098-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/687/indicacao_099-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/688/indicacao_100-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/690/indicacao_101-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/691/indicacao_102-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/692/indicacao_103-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/693/indicacao_104-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/694/indicacao_105-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/695/indicacao_106-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/699/indicacao_107-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/700/indicacao_108-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/701/indicacao_109-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/703/indicacao_110-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/706/indicacao_111-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/707/indicacao_112-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/708/indicacao_113-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/709/indicacao_114-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/710/indicacao_115-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/714/indicacao_116-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/716/indicacao_117-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/718/indicacao_118-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/719/indicacao_119-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/720/indicacao_120-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/721/indicacao_121-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/726/indicacao_122-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/730/indicacao_123-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/731/indicacao_124-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/733/indicacao_126-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/734/indicacao_127-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/735/indicacao_128-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_129-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/740/indicacao_130-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/741/indicacao_131-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/742/indicacao_132-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/743/indicacao_133-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/744/indicacao_134-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/745/indicacao_135-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/746/indicacao_136-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/747/indicacao_137-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/748/indicacao_138-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/754/indicacao_139-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/755/indicacao_140-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/756/indicacao_141-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/757/indicacao_142-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/751/indicacao_143-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/752/indicacao_144-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/753/indicacao_145-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/759/indicacao_146-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/763/indicacao_147-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/764/indicacao_148-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/765/indicacao_149-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/766/indicacao_150-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/767/indicacao_151-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/768/indicacao_152-2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/769/indicacao_153-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/770/indicacao_154-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/771/indicacao_155-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_156-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_157-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_158-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/777/indicacao_159-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/778/indicacao_160-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/781/indicacao_161-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/782/indicacao_162-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/783/indicacao_163-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/786/indicacao_164-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/792/indicacao_165-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/793/indicacao_166-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/794/indicacao_167-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/797/indicacao_168-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/798/indicacao_169-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/799/indicacao_170-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/809/indicacao_171-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/811/indicacao_172-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/812/indicacao_173-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/813/indicacao_174-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/819/indicacao_175-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/820/indicacao_176-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/823/indicacao_177-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/824/indicacao_178-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/827/indicacao_179-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/828/indicacao_180-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/829/indicacao_181-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/831/indicacao_182-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/832/indicacao_183-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/836/indicacao_184-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/837/indicacao_185-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/839/indicacao_187-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/840/indicacao_188-2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/789/projeto_de_lei_complementar_001-2021_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/526/projeto_de_lei_001.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/552/projeto_de_lei_005-2021-_modifica_e_altera_as_leis_municipal_sob_no_921-2009_e_202-97_e_da_outras_providenciais.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/566/projeto_de_lei_004-2021-_instituicao_teto_rpv_-_sao_miguel_do_guapore-ro._1.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/574/anteprojeto_refis.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/578/projeto_de_lei_005-sapl.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/579/projeto_de_lei_006-2021_sapl.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/582/projeto_de_lei_n_006.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/585/projeto_de_lei_n_15-2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/586/projeto_de_lei_11_-_2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/587/projeto_lei_010-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/595/projeto_de_lei_021-2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/605/projeto_de_lei_012-2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/607/mensagem_projeto_de_lei_016_-_reformulacao_administrativa._1.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/609/projeto_de_lei__-__autorizacao_a_contratacao_de_estagiarios._1.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/610/projeto_de_lei_no_18-2021_-_reformulacao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/611/projeto_de_lei_016-20210001.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/612/projeto_de_lei_no_026-2021_-_reestruturacao_do_cacs_fundeb.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/613/projeto_de_lei_018-2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/616/projeto_de_lei_no_028-2021_-_autorizacao_celebracao_de_convenio_com_o_mapa_sebrae_e_outros.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/617/projeto_de_lei_no__029-2021_-_reformulacao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/618/projeto_de_lei_14-2021_contrapartidas.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/619/projeto_de_lei_no_031-2021_-_reformulacao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/620/projeto_de_lei_025-2021_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/621/projeto_de_lei_020-2021_-_abertura_de_credito_adicioanl_suplementar..pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/624/projeto_de_lei_no_030-2021_-_modifica_e_altera_os_planos_de_carreira_e_regime_juridico_dos_servidores_publicos_do_municipio_de_sao_miguel_do_guapore-ro_1.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/638/projeto_de_lei_033-2021_-_dispoe_sobre_a_regularizacao_do_recebimento_a_titulo_de_doacao_do_terreno_de__santana_do_guapore-ro_2.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/639/projeto_de_lei_034-2021_-_dispoe_sobre_o_usufruto_de_imovel_rural_no_distrito_de_santana_do_guapore-ro_junto_ao_sistema_de_abastecimentoo.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/653/projeto_de_lei_12_-_reformulacao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/654/projeto_de_lei_029-2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/656/projeto_de_lei_no_035-2021_-_abertura_de_credito_adicional_suplementar..pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/657/projeto_de_lei_037-2021_-_credito_adicional_suplementar-.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/658/projeto_de_lei_032-2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/659/projeto_de_lei_semed_ir_e_vir.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/660/projeto_de_lei_0392021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/661/projeto_de_lei_no_040-2021_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/669/projeto_de_lei_036-20210001.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/672/projeto_de_lei_037-2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/697/projeto_de_lei_no44-2021_-_regulamenta_prestacao_de_servico_de_transporte_urbano_1.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/698/projeto_de_lei_042-2021_-_abertura_de_credito_especial_semed.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/702/projeto_de_lei_no_43-2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/704/projeto_de_lei_041-2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/705/projeto_de_lei_no_45_-_produtividade.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/711/projeto_de_lei__051-2021_-__regulamentacao_do_terreno_do_aterro_sanitario_do_municipio_de_sao_miguel_do_guapore-ro.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/712/projeto_de_lei_no_050_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/713/projeto_de_lei_no_049-2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/715/projeto_de_lei_no_52-2021_-_itbi_e_itcmd.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/717/projeto_de_lei_047-2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/723/projeto_de_lei_no_053-2021_-__autorizacao_celebracao_de_comodato_imovel_urbano_igreja_assemblei_de_deus_1.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/727/pl_55_-_2021_-_pmda.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/728/projeto_de_lei_050.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/736/projeto_de_lei_-_056-2021__credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/737/projeto_de_lei_no_048-2021_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/738/projeto_de_lei_no_057-2021_-__autorizacao_celebracao_de_termo_de_cessao_de_uso_bem_publico..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/750/projeto_de_lei_58-2021_-_altera_lei_1890-2019_e_lei_921-2009_2.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/758/projeto_lei_059_semosp_-_com_mensagem.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/760/projeto_de_lei_no_062-2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/761/projeto_de_lei_no_063-2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/762/projeto_de_lei_064-2021_-_dispoe_sobre_a_regularizacao_do_recebimento_a_titulo_de_doacao_de_parcelas_de_imoveis_rurais_para_regularizacao_do_travessao._1.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/772/projeto_de_lei_no_065-2021_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/773/projeto_de_lei_no_061-2021_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/779/pdf24_merged_13.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/784/projeto_de_lei_no_066_-_2021_-__regulamentacao_doacao_terrenos_escolas_zonas_rurais_do_municipio_de_sao_miguel_do_guapore-ro.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/785/plo_63.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/787/projeto_de_lei_no_069-2021_-_regulamenta_sobre_programa_de_assistencia_odontologica_dos_servidores_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/790/projeto_de_lei_065.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/795/projeto_de_lei_no_076-2021_-_altera_a_lei_2059-2021_que_dispoe_sobre_a_doacao_de_terreno_princesa_isabel..pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/796/projeto_de_lei_074-2021_-_ppa._novo.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/801/projeto_de_lei_no_077-2021_-_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/802/projeto_de_lei_no_075-2021_-_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/803/projeto_de_lei_079-2021_-_lei_orcamentaria_anual._novoooo.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/804/projeto_de_lei_no_078-2021_-__lei_de_diretrizes_orcamentarias._.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/805/projeto_de_lei_n._073-2021_-_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/806/projeto_de_lei_no_072-2021..pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/807/projeto_de_lei_no_080_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/808/projeto_de_lei_no_081-2021_-__altera_a_lei_que_dispoe_sobre_o_transporte_escolar..pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/816/projeto_de_lei_oab.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/818/projeto_de_lei_084-2021-_regulamenta_a_realizacao_de_plantoes_hospitalares_dos_profissionais_da_saude_efetivos..pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/822/projeto_de_lei_no_068_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/825/projeto_de_lei_no_082-2021_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/826/projeto_de_lei_no_83_-_iluminacao_caribamba.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/833/projeto_de_lei_085-2021_-_credito_especial_aa.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/834/projeto_de_lei_no_086-2021_-_altera_a_lei_2053-2021_1.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/835/projeto_de_lei_83_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/844/projeto_de_lei_no_089-2021_-_teste_seletivo_educacao_e_meio_ambiente._atualizado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/845/projeto_de_lei_no_091-2021_-_aporte_financeiro..pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/846/projeto_de_lei_no_088-2021_-_amigo_voluntario..pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/847/projeto_de_lei_no_090-2021_-_repasse_fundeb..pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/848/projeto_de_lei_084-2021-_regulamenta_a_realizacao_de_plantoes_hospitalares_dos_profissionais_da_saude_efetivos._1.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/534/resolucao_01-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/722/resolucao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/594/requerimento_001-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/604/requerimento_002-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/791/requerimento_003-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/814/requerimento_004-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/815/requerimento_005-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/817/requerimento_006-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/821/requerimento_007-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/842/requerimento_08-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/843/requerimento_09-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/546/anteprojeto_001-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/564/anteprojeto_02_assinado.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/597/anteprojeto_de_lei_003-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/601/anteprojeto_004-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/602/anteprojeto_005-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/614/anteprojeto_006-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/628/anteprojeto_007-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/684/anteprojeto_08-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/696/anteprojeto_009-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/570/parecer_plo_002-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/626/parecer_plo_014-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/627/parecer_plo_016-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/635/parecer_plo_011-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/632/parecer_plo_021-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/633/parecer_plo_022-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/655/parecer_plo_018-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/800/parecer_plo_064-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/830/parecer_plo_079-2021_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/841/parecer_plo_070-2021_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/580/projeto_de_lei_substitutivo_004-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/622/projeto_de_lei_014-20210001.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/623/projeto_de_lei_016-2021_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/678/projeto_de_lei_0025-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/724/plo_042-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/725/projeto_de_lei_046-2021_substituto.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/749/projeto_de_lei_052-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/780/plo_058-2021_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/788/projeto_de_resolucao_ao_regimento_interno.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/527/indicacao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/528/indicacao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/529/indicacao_003-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/530/indicacao_004-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/532/indicacao_005-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/531/indicacao_006-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/533/indicacao_007-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/535/indicacao_008-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/536/indicacao_009-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/537/indicacao_010-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/538/indicacao_011-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/539/indicacao_012-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/540/indicacao_013-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/541/indicacao_014-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/542/indicacao_015-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/543/indicacao_016-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/547/indicacao_017-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/548/indicacao_018-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/545/indicacao_019-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/544/indicacao_020-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/549/indicacao_021-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/550/indicacao_022-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/551/indicacao_023-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/554/indicacao_024-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/555/indicacao_025-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/556/indicacao_026-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/557/indicacao_027-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/558/indicacao_028-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/559/indicacao_029-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/560/indicacao_030-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/561/indicacao_031-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/562/indicacao_032-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/563/indicacao_033-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/565/indicacao_034-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/567/indicacao_035-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/568/indicacao_036-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/569/indicacao_037-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/572/indicacao_039-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/573/indicacao_040-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/575/indicacao_041-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/576/indicacao_042-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/577/indicacao_043-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/581/indicacao_044-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/583/indicacao_045-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/584/indicacao_046-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/588/indicacao_047-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/589/indicacao_048-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/591/indicacao_049-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/592/indicacao_050-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/596/indicacao_051-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/598/indicacao_052-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/599/indicacao_053-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/600/indicacao_054-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/603/indicacao_055-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/606/indicacao_056-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/615/indicacao_057-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/625/indicacao_058-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/629/indicacao_059-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/630/indicacao_060-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/631/indicacao_061-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/634/indicacao_062-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/636/indicacao_063-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/637/indicacao_064-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/640/indicacao_065-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/641/indicacao_066-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/642/indicacao_067-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/643/indicacao_068-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/644/indicacao_069-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/645/indicacao_070-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/646/indicacao_071-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/647/indicacao_072-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/648/indicacao_073-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/649/indicacao_074-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/651/indicacao_076-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/652/indicacao_077-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/662/indicacao_078-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/663/indicacao_079-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/665/indicacao_081-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/666/indicacao_082-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/667/indicacao_083-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/668/indicacao_084-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/670/indicacao_085-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/671/indicacao_086-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/673/indicacao_087-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/674/indicacao_088-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/677/indicacao_089-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/675/indicacao_090-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/676/indicacao_091-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/679/indicacao_092-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/680/indicacao_093-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/681/indicacao_094-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/682/indicacao_095-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/683/indicacao_096-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/686/indicacao_097-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/689/indicacao_098-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/687/indicacao_099-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/688/indicacao_100-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/690/indicacao_101-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/691/indicacao_102-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/692/indicacao_103-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/693/indicacao_104-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/694/indicacao_105-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/695/indicacao_106-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/699/indicacao_107-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/700/indicacao_108-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/701/indicacao_109-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/703/indicacao_110-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/706/indicacao_111-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/707/indicacao_112-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/708/indicacao_113-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/709/indicacao_114-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/710/indicacao_115-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/714/indicacao_116-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/716/indicacao_117-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/718/indicacao_118-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/719/indicacao_119-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/720/indicacao_120-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/721/indicacao_121-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/726/indicacao_122-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/730/indicacao_123-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/731/indicacao_124-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/733/indicacao_126-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/734/indicacao_127-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/735/indicacao_128-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/739/indicacao_129-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/740/indicacao_130-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/741/indicacao_131-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/742/indicacao_132-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/743/indicacao_133-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/744/indicacao_134-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/745/indicacao_135-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/746/indicacao_136-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/747/indicacao_137-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/748/indicacao_138-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/754/indicacao_139-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/755/indicacao_140-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/756/indicacao_141-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/757/indicacao_142-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/751/indicacao_143-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/752/indicacao_144-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/753/indicacao_145-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/759/indicacao_146-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/763/indicacao_147-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/764/indicacao_148-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/765/indicacao_149-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/766/indicacao_150-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/767/indicacao_151-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/768/indicacao_152-2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/769/indicacao_153-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/770/indicacao_154-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/771/indicacao_155-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/774/indicacao_156-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/775/indicacao_157-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/776/indicacao_158-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/777/indicacao_159-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/778/indicacao_160-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/781/indicacao_161-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/782/indicacao_162-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/783/indicacao_163-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/786/indicacao_164-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/792/indicacao_165-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/793/indicacao_166-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/794/indicacao_167-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/797/indicacao_168-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/798/indicacao_169-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/799/indicacao_170-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/809/indicacao_171-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/811/indicacao_172-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/812/indicacao_173-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/813/indicacao_174-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/819/indicacao_175-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/820/indicacao_176-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/823/indicacao_177-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/824/indicacao_178-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/827/indicacao_179-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/828/indicacao_180-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/829/indicacao_181-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/831/indicacao_182-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/832/indicacao_183-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/836/indicacao_184-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/837/indicacao_185-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/839/indicacao_187-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/840/indicacao_188-2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/789/projeto_de_lei_complementar_001-2021_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/526/projeto_de_lei_001.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/552/projeto_de_lei_005-2021-_modifica_e_altera_as_leis_municipal_sob_no_921-2009_e_202-97_e_da_outras_providenciais.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/566/projeto_de_lei_004-2021-_instituicao_teto_rpv_-_sao_miguel_do_guapore-ro._1.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/574/anteprojeto_refis.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/578/projeto_de_lei_005-sapl.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/579/projeto_de_lei_006-2021_sapl.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/582/projeto_de_lei_n_006.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/585/projeto_de_lei_n_15-2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/586/projeto_de_lei_11_-_2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/587/projeto_lei_010-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/595/projeto_de_lei_021-2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/605/projeto_de_lei_012-2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/607/mensagem_projeto_de_lei_016_-_reformulacao_administrativa._1.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/609/projeto_de_lei__-__autorizacao_a_contratacao_de_estagiarios._1.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/610/projeto_de_lei_no_18-2021_-_reformulacao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/611/projeto_de_lei_016-20210001.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/612/projeto_de_lei_no_026-2021_-_reestruturacao_do_cacs_fundeb.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/613/projeto_de_lei_018-2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/616/projeto_de_lei_no_028-2021_-_autorizacao_celebracao_de_convenio_com_o_mapa_sebrae_e_outros.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/617/projeto_de_lei_no__029-2021_-_reformulacao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/618/projeto_de_lei_14-2021_contrapartidas.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/619/projeto_de_lei_no_031-2021_-_reformulacao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/620/projeto_de_lei_025-2021_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/621/projeto_de_lei_020-2021_-_abertura_de_credito_adicioanl_suplementar..pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/624/projeto_de_lei_no_030-2021_-_modifica_e_altera_os_planos_de_carreira_e_regime_juridico_dos_servidores_publicos_do_municipio_de_sao_miguel_do_guapore-ro_1.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/638/projeto_de_lei_033-2021_-_dispoe_sobre_a_regularizacao_do_recebimento_a_titulo_de_doacao_do_terreno_de__santana_do_guapore-ro_2.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/639/projeto_de_lei_034-2021_-_dispoe_sobre_o_usufruto_de_imovel_rural_no_distrito_de_santana_do_guapore-ro_junto_ao_sistema_de_abastecimentoo.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/653/projeto_de_lei_12_-_reformulacao_administrativa.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/654/projeto_de_lei_029-2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/656/projeto_de_lei_no_035-2021_-_abertura_de_credito_adicional_suplementar..pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/657/projeto_de_lei_037-2021_-_credito_adicional_suplementar-.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/658/projeto_de_lei_032-2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/659/projeto_de_lei_semed_ir_e_vir.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/660/projeto_de_lei_0392021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/661/projeto_de_lei_no_040-2021_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/669/projeto_de_lei_036-20210001.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/672/projeto_de_lei_037-2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/697/projeto_de_lei_no44-2021_-_regulamenta_prestacao_de_servico_de_transporte_urbano_1.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/698/projeto_de_lei_042-2021_-_abertura_de_credito_especial_semed.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/702/projeto_de_lei_no_43-2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/704/projeto_de_lei_041-2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/705/projeto_de_lei_no_45_-_produtividade.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/711/projeto_de_lei__051-2021_-__regulamentacao_do_terreno_do_aterro_sanitario_do_municipio_de_sao_miguel_do_guapore-ro.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/712/projeto_de_lei_no_050_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/713/projeto_de_lei_no_049-2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/715/projeto_de_lei_no_52-2021_-_itbi_e_itcmd.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/717/projeto_de_lei_047-2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/723/projeto_de_lei_no_053-2021_-__autorizacao_celebracao_de_comodato_imovel_urbano_igreja_assemblei_de_deus_1.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/727/pl_55_-_2021_-_pmda.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/728/projeto_de_lei_050.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/736/projeto_de_lei_-_056-2021__credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/737/projeto_de_lei_no_048-2021_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/738/projeto_de_lei_no_057-2021_-__autorizacao_celebracao_de_termo_de_cessao_de_uso_bem_publico..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/750/projeto_de_lei_58-2021_-_altera_lei_1890-2019_e_lei_921-2009_2.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/758/projeto_lei_059_semosp_-_com_mensagem.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/760/projeto_de_lei_no_062-2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/761/projeto_de_lei_no_063-2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/762/projeto_de_lei_064-2021_-_dispoe_sobre_a_regularizacao_do_recebimento_a_titulo_de_doacao_de_parcelas_de_imoveis_rurais_para_regularizacao_do_travessao._1.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/772/projeto_de_lei_no_065-2021_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/773/projeto_de_lei_no_061-2021_-_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/779/pdf24_merged_13.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/784/projeto_de_lei_no_066_-_2021_-__regulamentacao_doacao_terrenos_escolas_zonas_rurais_do_municipio_de_sao_miguel_do_guapore-ro.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/785/plo_63.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/787/projeto_de_lei_no_069-2021_-_regulamenta_sobre_programa_de_assistencia_odontologica_dos_servidores_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/790/projeto_de_lei_065.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/795/projeto_de_lei_no_076-2021_-_altera_a_lei_2059-2021_que_dispoe_sobre_a_doacao_de_terreno_princesa_isabel..pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/796/projeto_de_lei_074-2021_-_ppa._novo.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/801/projeto_de_lei_no_077-2021_-_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/802/projeto_de_lei_no_075-2021_-_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/803/projeto_de_lei_079-2021_-_lei_orcamentaria_anual._novoooo.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/804/projeto_de_lei_no_078-2021_-__lei_de_diretrizes_orcamentarias._.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/805/projeto_de_lei_n._073-2021_-_abertura_de_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/806/projeto_de_lei_no_072-2021..pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/807/projeto_de_lei_no_080_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/808/projeto_de_lei_no_081-2021_-__altera_a_lei_que_dispoe_sobre_o_transporte_escolar..pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/816/projeto_de_lei_oab.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/818/projeto_de_lei_084-2021-_regulamenta_a_realizacao_de_plantoes_hospitalares_dos_profissionais_da_saude_efetivos..pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/822/projeto_de_lei_no_068_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/825/projeto_de_lei_no_082-2021_-_abertura_de_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/826/projeto_de_lei_no_83_-_iluminacao_caribamba.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/833/projeto_de_lei_085-2021_-_credito_especial_aa.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/834/projeto_de_lei_no_086-2021_-_altera_a_lei_2053-2021_1.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/835/projeto_de_lei_83_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/844/projeto_de_lei_no_089-2021_-_teste_seletivo_educacao_e_meio_ambiente._atualizado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/845/projeto_de_lei_no_091-2021_-_aporte_financeiro..pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/846/projeto_de_lei_no_088-2021_-_amigo_voluntario..pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/847/projeto_de_lei_no_090-2021_-_repasse_fundeb..pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/848/projeto_de_lei_084-2021-_regulamenta_a_realizacao_de_plantoes_hospitalares_dos_profissionais_da_saude_efetivos._1.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/534/resolucao_01-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/722/resolucao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/594/requerimento_001-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/604/requerimento_002-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/791/requerimento_003-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/814/requerimento_004-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/815/requerimento_005-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/817/requerimento_006-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/821/requerimento_007-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/842/requerimento_08-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/843/requerimento_09-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/546/anteprojeto_001-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/564/anteprojeto_02_assinado.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/597/anteprojeto_de_lei_003-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/601/anteprojeto_004-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/602/anteprojeto_005-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/614/anteprojeto_006-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/628/anteprojeto_007-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/684/anteprojeto_08-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/696/anteprojeto_009-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/570/parecer_plo_002-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/626/parecer_plo_014-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/627/parecer_plo_016-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/635/parecer_plo_011-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/632/parecer_plo_021-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/633/parecer_plo_022-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/655/parecer_plo_018-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/800/parecer_plo_064-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/830/parecer_plo_079-2021_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/841/parecer_plo_070-2021_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/580/projeto_de_lei_substitutivo_004-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/622/projeto_de_lei_014-20210001.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/623/projeto_de_lei_016-2021_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/678/projeto_de_lei_0025-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/724/plo_042-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/725/projeto_de_lei_046-2021_substituto.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/749/projeto_de_lei_052-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/780/plo_058-2021_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/788/projeto_de_resolucao_ao_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2021/2648/parecer_fo_da_prestacao_de_contas_do_zenildo_perreira_2014.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H318"/>
+  <dimension ref="A1:H319"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="42" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="48.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="234.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -12123,50 +12140,76 @@
       <c r="H317" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>1143</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
         <v>10</v>
       </c>
       <c r="D318" t="s">
         <v>1144</v>
       </c>
       <c r="E318" t="s">
         <v>1145</v>
       </c>
       <c r="G318" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="H318" t="s">
         <v>1147</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="C319" t="s">
+        <v>10</v>
+      </c>
+      <c r="D319" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E319" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F319" t="s">
+        <v>1151</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H319" t="s">
+        <v>1153</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -12444,50 +12487,51 @@
     <hyperlink ref="G294" r:id="rId293"/>
     <hyperlink ref="G295" r:id="rId294"/>
     <hyperlink ref="G296" r:id="rId295"/>
     <hyperlink ref="G297" r:id="rId296"/>
     <hyperlink ref="G298" r:id="rId297"/>
     <hyperlink ref="G299" r:id="rId298"/>
     <hyperlink ref="G300" r:id="rId299"/>
     <hyperlink ref="G301" r:id="rId300"/>
     <hyperlink ref="G302" r:id="rId301"/>
     <hyperlink ref="G303" r:id="rId302"/>
     <hyperlink ref="G304" r:id="rId303"/>
     <hyperlink ref="G305" r:id="rId304"/>
     <hyperlink ref="G306" r:id="rId305"/>
     <hyperlink ref="G307" r:id="rId306"/>
     <hyperlink ref="G308" r:id="rId307"/>
     <hyperlink ref="G309" r:id="rId308"/>
     <hyperlink ref="G310" r:id="rId309"/>
     <hyperlink ref="G311" r:id="rId310"/>
     <hyperlink ref="G312" r:id="rId311"/>
     <hyperlink ref="G313" r:id="rId312"/>
     <hyperlink ref="G314" r:id="rId313"/>
     <hyperlink ref="G315" r:id="rId314"/>
     <hyperlink ref="G316" r:id="rId315"/>
     <hyperlink ref="G317" r:id="rId316"/>
     <hyperlink ref="G318" r:id="rId317"/>
+    <hyperlink ref="G319" r:id="rId318"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>