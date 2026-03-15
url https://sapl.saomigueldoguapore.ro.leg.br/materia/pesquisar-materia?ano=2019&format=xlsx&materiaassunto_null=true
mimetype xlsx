--- v0 (2025-10-15)
+++ v1 (2026-03-15)
@@ -54,1734 +54,1734 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
     <t>Cornelio Duarte de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/67/emenda_01-2019-sapl_mensagem_039-2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/67/emenda_01-2019-sapl_mensagem_039-2019.pdf</t>
   </si>
   <si>
     <t>emendar o projeto de lei nº 02/2019 - SAPL</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/79/emenda_02-2019_-_projeto_de_lei_06-2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/79/emenda_02-2019_-_projeto_de_lei_06-2019.pdf</t>
   </si>
   <si>
     <t>Emenda o Projeto de Lei n 44/2019 (6/2019-SAPL)  Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/83/projeto_de_lei_-_41-2019_remanejamento_camara_-_pdf.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/83/projeto_de_lei_-_41-2019_remanejamento_camara_-_pdf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7°, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7°, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/119/emenda_05-2019_sapl_ao_projeto_11-2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/119/emenda_05-2019_sapl_ao_projeto_11-2019.pdf</t>
   </si>
   <si>
     <t>emenda	 ao	 projeto	 de	 Lei	 n.º	 11/2019,	 através	 do	 qual	 se	 busca	 autorização	_x000D_
 legislativa	 para	 que	 o	 Executivo	 Municipal	 promova	 repasse	 financeiro	 na	 forma	 de	_x000D_
 subvenção,	em	auxílio	às	atividades	das	associações	de	produtores	rurais	que	menciona,	_x000D_
 passando	o	caput		do	§	1º,	do	artigo	1º,	a	ter	a	seguinte	redação:	_x000D_
 Parágrafo	 1.º.	 Fica	 a	 Fazenda	 Pública	 Municipal	 autorizada	 a	_x000D_
 despender,	 mediante	 termo	 de	 colaboração,	 valor	 total	 de	 R$	_x000D_
 15.000,00	(quinze	mil	reais),	assim	destinados.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Adilson Dos Santos Moreira</t>
   </si>
   <si>
     <t>Emenda Verbal, proposta pelo Vereador Adilson dos Santos, referente o projeto 11/19 , para suprimir o valor de R$ 5. 000,00, sobre o valor destinado à Associação  Bons Amigos da linha 98, km 6.5.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/139/emenda_07-2019_ao_pl_13-2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/139/emenda_07-2019_ao_pl_13-2019.pdf</t>
   </si>
   <si>
     <t>Artigo 4º. Autoriza-se o Poder Executivo a conceder_x000D_
 auxílio financeiro, na forma de subvenção social, a liga_x000D_
 desportiva são Miguel - LESMIG, pessoa de direito privado,_x000D_
 inscrita no CNPJ sob na 04840274/0001-40, com sede na Rua_x000D_
 Padre José de Anchieta, n° 2624 deste Município, a fim de_x000D_
 fortalecer as atividades sociais desenvolvidas, incentivando o_x000D_
 desporto, a saúde e lazer da população._x000D_
 Parágrafo 1º. Fica a Fazenda Pública Municipal_x000D_
 autorizada a despender, mediante termo de colaboração, valor_x000D_
 total de R$ 60.000,00 (sessenta mil reais)._x000D_
 Parágrafo 2º. O termo de colaboração indicará a_x000D_
 dotação orçamentária e o elemento de despesa que cubra o_x000D_
 repasse, aplicando-se, no mais, o disposto na Lei nº 4.320, de 17_x000D_
 de março de 1964, bem ainda, na Lei de Responsabilidade Fiscal,_x000D_
 Lei Complementar n.º 101/2000.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/158/emenda_01.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/158/emenda_01.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>CFOF - Comissão de Finanças, Orçamento e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/159/emenda.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/159/emenda.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/160/novo_documento2.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/160/novo_documento2.pdf</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/180/parecer_cpfo_032_1.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/180/parecer_cpfo_032_1.pdf</t>
   </si>
   <si>
     <t>Emenda sobre o projeto 32/19</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art.  7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/199/06-12-2019-09.59.376.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/199/06-12-2019-09.59.376.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ARTIGO 1º DA LEI Nº921/2019</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>Leonildo Rodrigues de Jesus</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/29/indicacao_0282019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/29/indicacao_0282019.doc</t>
   </si>
   <si>
     <t>ASSUNTO: Indica patrolamento e cascalhamento no carreador da Linha 78 Km 8, Lado Sul de propriedade do Seu Hilário, Paulo e Maxiliano._x000D_
 Esta INDICAÇÃO se faz necessária, para atender as necessidades de 3 (três) famílias que ali residem, bem como condições para o trafego de veículos no local. _x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/30/indicacao_0292019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/30/indicacao_0292019.doc</t>
   </si>
   <si>
     <t>ASSUNTO: Indica construção de dois quebra-molas no travessão bem na curva da Linha 15 Km 2, entre a Linha 09 e Linha 11._x000D_
 Esta INDICAÇÃO se faz necessária, pois, com a curva os motoristas não respeitam na hora de passar pelo local e acaba tornando-se um local perigoso._x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/31/indicacao_0302019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/31/indicacao_0302019.doc</t>
   </si>
   <si>
     <t>ASSUNTO: Indica duas caçambas de terra para aterro na Avenida Presidente Vargas, esquina com a Rua São Miguel._x000D_
 Esta INDICAÇÃO se faz necessária, para que se possa erguer um pouco o local, para evitar transtornos maiores em tempo chuvoso._x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/32/indicacao_0312019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/32/indicacao_0312019.doc</t>
   </si>
   <si>
     <t>ASSUNTO: Indica construção de dois quebra-molas, um de aproximadamente 30 Metros após a casa de Dona Dores na Linha 25 esquina com a Linha 78 Km 4, Lado Sul, e um de aproximadamente 25 Metros após a curva indo para o Campo do Verdão na Linha 78 Km 4, Lado Sul._x000D_
 Esta INDICAÇÃO se faz necessária, pois, os motoristas não respeitam o local, acabam passando em alta velocidade, podendo até mesmo ocorrer acidentes, pois, no local moram várias famílias com crianças pequenas._x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Valmir</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/33/indicacao.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/33/indicacao.doc</t>
   </si>
   <si>
     <t>ASSUNTO: Indica patrolamento, com urgência,  dos carreadores onde trafega o transporte escolar nas linhas vicinais deste município._x000D_
    Esta INDICAÇÃO se faz necessária, para atender os alunos da rede publica municipal, sendo que os mesmos chegam todos os dias atrasados na escola. _x000D_
           _x000D_
   Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Antônio</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/34/indicacao_n06.docx</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/34/indicacao_n06.docx</t>
   </si>
   <si>
     <t>ASSUNTO: Indica placas de sinalização de transito no perímetro urbano de São Miguel do Guaporé ._x000D_
   Esta INDICAÇÃO se faz necessária para informar os motoristas e pedestres, assim oferecendo ordem e segurança ao fluxo de transito principalmente nas proximidades escolares, assim diminuindo o numero de acidentes em nossa cidade._x000D_
 _x000D_
    Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/36/indicacao_072019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/36/indicacao_072019.doc</t>
   </si>
   <si>
     <t>Indica construção de um quebra-mola na Linha 25 Km 2, depois do Posto Teixeira, em frente a propriedade São José do Senhor José Messias da Costa._x000D_
 Esta INDICAÇÃO se faz necessária, pois, a casa fica na beira da estrada, os veículos passam em alta velocidade levantando poeira e correndo grandes riscos de acidentes, pois, existem animais que transitam pelo locam._x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/37/indicacao_082019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/37/indicacao_082019.doc</t>
   </si>
   <si>
     <t>Indica aterro de 700 Metros em um travessão na Linha 25, entre o Posto Teixeira com a Linha 78. Depois do Posto Teixeira 1.500 Metros do lado esquerdo em uma cascalheira. Na propriedade Santa Luzia, através do Programa Porteira Adentro._x000D_
 Esta INDICAÇÃO se faz necessária, pois, o aterro é essencial para a nivelação do solo, proporcinando mais comodidade na trafegabilidade dos 5 moradores que ali residem, bem como os visitantes._x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/38/indicacao_009.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/38/indicacao_009.doc</t>
   </si>
   <si>
     <t>ASSUNTO: Indica o patrolamento da estrada que dá acesso ao lixão municipal, localizado na linha 82, norte._x000D_
  Esta INDICAÇÃO se faz necessária, para melhorar o acesso á estrada, qual é utilizada com muita frequência._x000D_
           _x000D_
   Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/39/indicacao_0010.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/39/indicacao_0010.doc</t>
   </si>
   <si>
     <t>Indica ao secretário de saúde providencias junto á empresa responsável para conclusão urgente do muro no hospital._x000D_
  Esta INDICAÇÃO se faz necessária, a conclusão da obra evitando assim, possíveis acidentes no local._x000D_
        _x000D_
   Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/40/indicacao_0011.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/40/indicacao_0011.doc</t>
   </si>
   <si>
     <t>Indica que seja feito limpeza em volta da creche municipal João Manoel varão Galina, com a máxima urgência._x000D_
 Esta INDICAÇÃO se faz necessária, para atender pedido da população residentes próximo á creche._x000D_
 _x000D_
        _x000D_
   Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Indica que o carro da auto foça possa fazer o seu serviço no centro da cidade principalmente perto de residências e comércios, em feriados ou finais de semana. _x000D_
 Esta INDICAÇÃO se faz necessária, pois, o mal cheiro é muito forte, e acaba incomodando a população que está por perto, moradores, clientes, crianças, idosos. Prejudicando a venda dos comércios, pois, acaba espantando os clientes._x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Leandro</t>
   </si>
   <si>
     <t>Indica uma limpeza no Centro de eventos Nicoly da Silva localizado na LH 25 sentido Brasilândia._x000D_
 _x000D_
 _x000D_
             Faz se necessário, uma limpeza no centro de eventos Nicoly da Silva,pois haverá um evento nos dias 13 e 14 de julho de 2019.  _x000D_
             Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Zilio Soares da Silva</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/44/indicacao_n_14-2019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/44/indicacao_n_14-2019.doc</t>
   </si>
   <si>
     <t>Indica a necessidade de colocação de placas indicativas de estabelecimentos de ensino nas linhas vicinais e zona urbana.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/45/indicacao_n_15-2019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/45/indicacao_n_15-2019.doc</t>
   </si>
   <si>
     <t>Indicação: Indica a instalação de linha telefônica na unidade de saúde Irmã Ilza</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/46/indicacao_n_16-2019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/46/indicacao_n_16-2019.doc</t>
   </si>
   <si>
     <t>Indicação: Indica a retirada da antena no pátio da escola Lazara Alves de Lima</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/47/indicacao_017-2019_80hGXsb.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/47/indicacao_017-2019_80hGXsb.doc</t>
   </si>
   <si>
     <t>Indica realizar teste seletivo para contratação de médicos e enfermeiros para o postinho de saúde Irmã Ilza,</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/48/indicacao_n_18-2019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/48/indicacao_n_18-2019.doc</t>
   </si>
   <si>
     <t>Indicação: indica necessidade de patrolamento no Travessão Existente na Altura do km 02 Próximo a mina de Areia da Linha 74 Norte.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Alexandre Eli Carazai</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/49/019.docx</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/49/019.docx</t>
   </si>
   <si>
     <t>Que seja criado um cronograma de execução de serviços do Caminhão Pipa.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Maria Aparecida de Lima</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/50/indicacao_n20.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/50/indicacao_n20.doc</t>
   </si>
   <si>
     <t>AUTOR: Maria Aparecida de Lima / Liomar Henkert                _x000D_
 PARTIDO: PDT / PP_x000D_
 _x000D_
 ASSUNTO: Requer Patrolamento e Cascalhamento no loteamento do Marcão</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/53/indicacao_212019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/53/indicacao_212019.doc</t>
   </si>
   <si>
     <t>Indica que a Secretaria Municipal do Meio Ambiente e Turismo, coloque placa indicativa no Rio São Miguel, sobre a proibição da pesca, incluindo a Lei e Artigo na placa._x000D_
 Esta INDICAÇÃO se faz necessária, para informar e inibir os pescadores a praticarem a pesca em área proibida. _x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/54/022.docx</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/54/022.docx</t>
   </si>
   <si>
     <t>indica a necessidade de realização de campanha de utilidade publica prevenção de incêndio através da secretaria de meio ambiente.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/55/indicacao_232019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/55/indicacao_232019.doc</t>
   </si>
   <si>
     <t>Indica recuperação da ponte em bate-estaca da Linha 98 Km 5,5, Lado Sul._x000D_
 Esta INDICAÇÃO se faz necessária, para atender o clamor da comunidade em razão da situação intransitável que se encontra a referida ponte._x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/56/indicacao_n_24-2019_-_copia.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/56/indicacao_n_24-2019_-_copia.doc</t>
   </si>
   <si>
     <t>ASSUNTO: Indica Aterro na Av. do Aeroporto Fundo do Salão dos Idosos_x000D_
 Esta INDICAÇÃO se faz necessária pelas péssimas condições daquela Avenida e o grande volume de água que passa no referido local. _x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/60/indicacao_025-2019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/60/indicacao_025-2019.doc</t>
   </si>
   <si>
     <t>Indica construção de uma pista para caminhada na avenida 16 de junho iniciando no posto Zé Branco até o loteamento terra nova.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/61/indicacao_026-2019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/61/indicacao_026-2019.doc</t>
   </si>
   <si>
     <t>Indica construção  de uma ponte na avenida são Paulo loteamento dos pioneiros</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/62/indicacao_272019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/62/indicacao_272019.doc</t>
   </si>
   <si>
     <t>Indica cascalhamento na Rua Cecília, depois da Avenida Governador Jorge Teixeira, Setor Chácara._x000D_
 Esta INDICAÇÃO se faz necessária, para atender as necessidades da população, pois, crianças precisam passar por ali para ir até a escola, e em tempos chuvosos principalmente impossibilita qualquer passagem pela aquela localidade._x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Sebastiao Costa Carneiro</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/71/indicacao_no_28_2019-pdf.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/71/indicacao_no_28_2019-pdf.pdf</t>
   </si>
   <si>
     <t>Indica, que o travessão localizado entre a linha 102 e a linha 106 norte (travessão do Roberto), seja transformado de particular para público para que a Prefeitura Municipal possa dar assistência e fazer manutenção do local.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/72/indicacao_no_29_2019__-_pdf.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/72/indicacao_no_29_2019__-_pdf.pdf</t>
   </si>
   <si>
     <t>Indica construção de dois quebra-molas na linha 78, quilometro 18, sul, próximo do travessão do Zílio, em frente um bar.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/73/indicacao_302019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/73/indicacao_302019.doc</t>
   </si>
   <si>
     <t>Indica uma emenda no valor de cinco mil reais (5 mil) para a Associação Casa de Acolhida São Francisco de Assis, inscrita no CNPJ de Nº 27.294..798/0001-88._x000D_
 Esta INDICAÇÃO se faz necessária, para atender as necessidades da referida Associação._x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/74/indicacao_n_031_2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/74/indicacao_n_031_2019.pdf</t>
   </si>
   <si>
     <t>indica a necessidade de patrolamento e cascalhamento nas linhas 102 e 106 norte.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/75/indicacao_n_032_2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/75/indicacao_n_032_2019.pdf</t>
   </si>
   <si>
     <t>indica a necessidade de construção de dois quebra-molas na Rua Dom Pedro II, próximo a Av. Filadélfia, sendo um entre a Av. Aimoré e a Av. Filadélfia e outro entre a Av. Aeroporto e a Av. Filadélfia.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/80/indicacao_valmir.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/80/indicacao_valmir.pdf</t>
   </si>
   <si>
     <t>Indica que o caminhão coletor de lixo passe no primeiro carreador ao lado da igreja católica Sant'Ana, localizado na linha 25, km 01, sentido Santana do Guaporé</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/81/indicacao_34-2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/81/indicacao_34-2019.pdf</t>
   </si>
   <si>
     <t>indico o patrolamento e cascalhamento da linha 82 sul</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/82/035-2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/82/035-2019.pdf</t>
   </si>
   <si>
     <t>indica a necessidade de construção de adesiva os veículos com logotipo das respectivas secretarias.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/88/indicacao_362019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/88/indicacao_362019.doc</t>
   </si>
   <si>
     <t>ASSUNTO: Indica instalação de lixeiras públicas (de preferência tipo: seletivas) em toda extensão do Município e com urgência na Praça dos Três Poderes.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/89/indicacao_37-2019-pdf.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/89/indicacao_37-2019-pdf.pdf</t>
   </si>
   <si>
     <t>Assunto:indica manutenção nas pontes das linhas 106 Sul,P40 km 15 e na 108 sul no travessão do Tonico.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/90/indicacao_38-2019-pdf.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/90/indicacao_38-2019-pdf.pdf</t>
   </si>
   <si>
     <t>Indica uma instalação de uma sala da Secretaria de agricultura, no Distrito de Santana do Guaporé para atender os produtores rurais com a emissão da nota produtora.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/91/indicacao_39-2019-pdf.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/91/indicacao_39-2019-pdf.pdf</t>
   </si>
   <si>
     <t>Indica um patrolamento e cascalhamento na LH 108 Sul,na serra do Tonico.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/92/indicacao_no_40-2019_-_pdf.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/92/indicacao_no_40-2019_-_pdf.pdf</t>
   </si>
   <si>
     <t>Requer que seja patrolado o carreador da linha 74 km 8 Sul, pelo Programa Porteira a Dentro.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/93/indicacao_041-pdf.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/93/indicacao_041-pdf.pdf</t>
   </si>
   <si>
     <t>Indica que a secretaria de meio ambiente, através da equipe de limpeza urbana faça total remoção da areia solta na AV: João Batista Figueredo nos dois sentidos.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/94/042.docx</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/94/042.docx</t>
   </si>
   <si>
     <t>indica a necessidade de conserto da ponte no travessão da linha 94 para a linha 98 sul km 04 próximo da 98 .</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/98/indicacao_0043.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/98/indicacao_0043.doc</t>
   </si>
   <si>
     <t>Indica que o Secretario de Saúde deste Município equipa toda a sala do conselho municipal de saúde, sendo telefone, internet, computador, impressora, veiculo, e uma secretaria executiva somente a disposição do conselho municipal de saúde.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Indica patrolamento e cascalhamento que interliga o travessão da BR 429 com a Linha 25 próximo ao Frigorífico._x000D_
 Esta INDICAÇÃO se faz necessária, pois, no referido local a uma grande movimentação de veículos, principalmente os caminhões do Frigorífico, e a estrada está em péssimas condições impossibilitando a passagem dos veículos com segurança._x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/103/indicacao_452019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/103/indicacao_452019.doc</t>
   </si>
   <si>
     <t>Indica patrolamento e cascalhamento nas Linha 12, popularmente conhecida como Linha Dozinha, Linha 25, Linha 11 e 09, Lado Norte e Sul. E nas Linhas 13, e Linha 15._x000D_
 Esta INDICAÇÃO se faz necessária, pois, a estrada está em péssimas condições, dificultando a passagem dos veículos e moradores tornando-se até mesmo um local perigoso. Tal solicitação, é para atender as necessidades da população são-miguelense._x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/104/indicacao_462019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/104/indicacao_462019.doc</t>
   </si>
   <si>
     <t>Indica patrolamento e cascalhamento na Linha 82, Lado Norte._x000D_
 Esta INDICAÇÃO se faz necessária, pois, a estrada está em péssimas condições, dificultando a passagem dos veículos e moradores tornando-se até mesmo um local perigoso. Tal solicitação, é para atender as necessidades da população são-miguelense._x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/105/indicacao_047__iluminacao.docx</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/105/indicacao_047__iluminacao.docx</t>
   </si>
   <si>
     <t>Indica que a Secretaria Municipal de Obras, faça total reposição das lâmpadas queimadas de nossa cidade.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/106/indicacao__048_quadra_municipal.docx</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/106/indicacao__048_quadra_municipal.docx</t>
   </si>
   <si>
     <t>Indica que a Secretaria Municipal de Esporte e Cultura, deixa a iluminação da quadra municipal Maristela Massucato, ligada aos finais de semana ate as zero hora.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/107/indicacao_049_quilombolas_nome_da_escola.docx</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/107/indicacao_049_quilombolas_nome_da_escola.docx</t>
   </si>
   <si>
     <t>Indica que a Secretaria Municipal de Educação faça alteração no nome da Escola Municipal de Ensino Fundamental Paula Gomes de Oliveira, passa a se chamar de Escola Municipal de Ensino Fundamental Quilombola Paula Gomes de Oliveira.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/108/indicacao_502019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/108/indicacao_502019.doc</t>
   </si>
   <si>
     <t>Indica aterro na ponte da Linha 74 Km 2,5, Lado Sul._x000D_
 Esta INDICAÇÃO se faz necessária, pois, em épocas de chuvas os moradores e pessoas que passam por ali acabam ficando ilhadas. Os moradores desse referido local, estão bem preocupados, porque nas águas passadas na cabeça da ponte a água tampa tudo ficando bem fundo, não tendo como ver nada, assim prejudicando os alunos, pois já ficaram várias vezes sem ir à escola. Dessa forma, teria que levantar o aterro antes e depois da ponte._x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/109/indicacao_512019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/109/indicacao_512019.doc</t>
   </si>
   <si>
     <t>Indica que a Prefeitura providencie faixas de estacionamentos para carro e motos, da Igreja Católica até a Avenida João Batista Figueiredo, na Rua Napoleão Bonaparte, Pinheiro Machado entre as Avenidas 16 de Junho até a São Paulo._x000D_
 Esta INDICAÇÃO se faz necessária, para que a cidade possa ficar mais segura, evitando acidentes e transtornos. Deixando os motoristas e pedestres mais seguros ao transitar pelas referidas ruas e avenidas que são as mais movimentadas e de pontos comerciais._x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/110/indicacao_522019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/110/indicacao_522019.doc</t>
   </si>
   <si>
     <t>Indica aterro e bueiro na ponte da Linha 25, onde liga para a Linha 78, Lado Sul._x000D_
 Esta INDICAÇÃO se faz necessária, pois, com as chuvas ficará um local de difícil acesso, prejudicando a todos os moradores._x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/111/indicacao_532019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/111/indicacao_532019.doc</t>
   </si>
   <si>
     <t>Indica patrolamento e cascalhamento na Linha 90 (noventinha), e também recuperação de uma ponte no referido local._x000D_
 Esta INDICAÇÃO se faz necessária, pois, a estrada está em péssimas condições, dificultando a passagem dos veículos e moradores tornando-se até mesmo um local perigoso. Inclusive a ponte que se encontra em uma situação intransitável. Tal solicitação, é para atender as necessidades da população são-miguelense._x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/112/indicacao_542019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/112/indicacao_542019.doc</t>
   </si>
   <si>
     <t>Indica abertura de um carreador de aproximadamente 1.000 Metros na Chácara Bom Jesus, Linha 78 Km 12, Lado Sul, lote 92 da Gleba 05._x000D_
 Esta INDICAÇÃO se faz necessária, para oferecer direito de ir e vir aos moradores que ali residem, bem como condições para o trafego de veículos no local._x000D_
 Assim sendo, solicitamos e aguardamos as devidas providências.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/113/indicacao_n_55-2019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/113/indicacao_n_55-2019.doc</t>
   </si>
   <si>
     <t>Indica Necessidade de Patrolamento dos  Travessões existente na Lh 78 sul altura do km 06 beneficiando 08 famílias, km 10, 07 famílias, km 11 03 famílias, km 15, o4 famílias, km 16,03 famílias.             Esta INDICAÇÃO se faz necessária para facilitar o acesso até a estrada principal onde os moradores enfrentam problemas  no período chuvoso.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Indica construção de um quebra-molas na avenida tranquedo neves em frente a oficina do Eduardo antiga lagoa azul.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/117/indicacao_057_-_2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/117/indicacao_057_-_2019.pdf</t>
   </si>
   <si>
     <t>Indica, a doação de dois alqueires de terra em favor da Associação Unidos Resgatando Vidas São Miguel do Guaporé, para a construção do Centro Terapêutico.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/118/indicacao_582019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/118/indicacao_582019.doc</t>
   </si>
   <si>
     <t>ASSUNTO: Indica serviço com a Patrol para abertura de um carreador de aproximadamente 50 Metros na Rodovia 481 Km 08 em frente o Roberto da Ceron, na curva do S, do lado esquerdo.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/120/indicacao_592019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/120/indicacao_592019.doc</t>
   </si>
   <si>
     <t>ASSUNTO: Indica que o Carro Pipa molhe com freqüência no Bairro Novo Oriente em toda a extensão da Avenida Tancredo Neves.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/121/indicacao_602019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/121/indicacao_602019.doc</t>
   </si>
   <si>
     <t>Indica que jogue em média cinco caçambas de terra e em cima cascalho na Linha 94, Lado Norte, no travessão que dá acesso a Rodovia 429, saindo da Linha 94 aproximadamente 500 Metros.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/123/indicacao_61-2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/123/indicacao_61-2019.pdf</t>
   </si>
   <si>
     <t>Indica que uma Pá Carregadeira faça o patrolamento e Cascalhamento do Carreador da Nalva, localizado na BR 429 km 06, sentido Seringueiras, através do Programa Porteira Adentro.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/125/indicacao_062-2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/125/indicacao_062-2019.pdf</t>
   </si>
   <si>
     <t>Indica que seja patrolado o carreador do senhor Ilmar, localizado na BR 429, km 06, sentido Seringueiras, através do Programa Porteira a Dentro.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/126/indicacao_063-2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/126/indicacao_063-2019.pdf</t>
   </si>
   <si>
     <t>Indica que seja patrolado o carreador do senhor Itacir , localizado na BR 429, km 06, sentido Seringueiras, através do Programa Porteira a Dentro.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/127/indicacao_064-2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/127/indicacao_064-2019.pdf</t>
   </si>
   <si>
     <t>Indica que seja colocado manilha, no travessão que liga a BR 429 a BR 481 , sentindo frigorífico</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/128/indicacao_065-2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/128/indicacao_065-2019.pdf</t>
   </si>
   <si>
     <t>Indica que seja patrolado o carreador do senhor Plínio, localizado na BR 429, km 06, sentido Seringueiras, através do programa Porteira a Dentro.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/132/indicacao_066-2019.pdf-convertido.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/132/indicacao_066-2019.pdf-convertido.pdf</t>
   </si>
   <si>
     <t>Indica-se que seja feita uma limpeza, no pátio da creche municipal João Manuel Varão Galina.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/140/indicacao_67-2019-convertido.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/140/indicacao_67-2019-convertido.pdf</t>
   </si>
   <si>
     <t>Indica- se que seja feito um aterro no curral do senhor Roberto Pinto Leão, localizado na BR 429,km 05 sentido Srengueiras, através do Programa Porteira a Dentro.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/141/indicacao_682019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/141/indicacao_682019.doc</t>
   </si>
   <si>
     <t>Indica uma caçamba de cascalho para atender as necessidades na Avenida Marechal Rondon Nº 690, Bairro Cristo Rei.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/146/indicacao_69-2019-convertido.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/146/indicacao_69-2019-convertido.pdf</t>
   </si>
   <si>
     <t>Indica que a Secretaria Municipal de Obras e Serviços Públicos que seja colocado placas de identificação em todos os quebra molas entre a Br 429 e a Linha 25</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/151/indicacao_70-2019-convertido.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/151/indicacao_70-2019-convertido.pdf</t>
   </si>
   <si>
     <t>Indica-se que seja feito o patrolamento do carreador, na BR 429 sentido Alvorada, saída Posto Pacatão, para melhor atender oito famílias através do Programa Porteira a Dentro.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>Liomar Henkert</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/169/indicacao_71-convertido.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/169/indicacao_71-convertido.pdf</t>
   </si>
   <si>
     <t>Requer a abertura de um travessão de acesso da linha 11 sul a linha 105 (Seringueiras) com aterro em um brejo ali existente.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/184/indicacao_722019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/184/indicacao_722019.doc</t>
   </si>
   <si>
     <t>Indica patrolamento de aproximadamente 900 metros na Linha 90 Km 10, do lado direito da Linha, que dá acesso a propriedade do Pelé. Através do Programa Porteira Adentro.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>Sebastião Costa Carneiro e Zílio Soares da Silva</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/195/indicacao_73.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/195/indicacao_73.pdf</t>
   </si>
   <si>
     <t>Indica-se que seja feito um patrolamento e cascalhamento e  um bueiro no travessão da Linha 25 do Senhor Aroldo, pela Secretaria de Obras</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/191/indicacao_74-2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/191/indicacao_74-2019.pdf</t>
   </si>
   <si>
     <t>Indica a colocação de uma faixa de pedestre na Avenida Capitão Silvio, entre a o Supermercado Centro Econômico e a Catieli Variedades</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/193/indicacao_752019_GM1quoC.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/193/indicacao_752019_GM1quoC.doc</t>
   </si>
   <si>
     <t>Indica que a Secretaria de Agricultura providencie o conserto da ponte na Linha 90 Km 15, Lado Sul que dá acesso a propriedade do Clovis (Clovinho), através do Programa Porteira Adentro.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/196/indicacao_762019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/196/indicacao_762019.doc</t>
   </si>
   <si>
     <t>Indica serviço pela a Secretaria de Agricultura, para colocar as manilhas em uma propriedade na Linha 94 Km 01, Lado Sul, primeiro Sítio à esquerda, através do Programa Porteira Adentro.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/204/indicacao_772019.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/204/indicacao_772019.doc</t>
   </si>
   <si>
     <t>Indica doação de terreno para a Igreja Evangélica Pentecostal Nova Aliança de São Miguel do Guaporé – RO.</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/68/mocao-convertido.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/68/mocao-convertido.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/164/08-11-2019-10.40.442.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/164/08-11-2019-10.40.442.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso 02</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/179/raquerimento_no_003.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/179/raquerimento_no_003.pdf</t>
   </si>
   <si>
     <t>moção de aplausos</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Secretaria Municipal de Planejamento - SEPLAN</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/51/projeto_de_lei_no_036-2019-convertido.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/51/projeto_de_lei_no_036-2019-convertido.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROCEDER A DOAÇÃO DE BEM IMÓVEL, NA FORMA QUE ESPECIFICA</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/52/projeto_de_lei_-39_-_teste_seletivo.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/52/projeto_de_lei_-39_-_teste_seletivo.pdf</t>
   </si>
   <si>
     <t>Reconhece situação de excepcionalidade e de interesse público e autoriza a contratação temporária de profissionais de saúde</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/58/projeto_de_lei_-_40-2019_excesso_arrec_educacao_p_KydPznr.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/58/projeto_de_lei_-_40-2019_excesso_arrec_educacao_p_KydPznr.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/59/projeto_de_lei_-_41-2019_remanejamento_camara.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/63/projeto_de_lei___005_-_2019-_dec._util._do_consel_cUhCPEX.doc</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/59/projeto_de_lei_-_41-2019_remanejamento_camara.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/63/projeto_de_lei___005_-_2019-_dec._util._do_consel_cUhCPEX.doc</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Conselho da Comunidade da comarca de São Miguel do Guaporé/RO</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/69/projeto_de_lei_n_44-2019_-_remanejamento_semadf.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/69/projeto_de_lei_n_44-2019_-_remanejamento_semadf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/70/projeto_de_lei_n_43-2019_-_remanejamento_semtras.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/70/projeto_de_lei_n_43-2019_-_remanejamento_semtras.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme ali. 7°,41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/76/projeto_de_lei_-_45-2019_remanej_educacao.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/76/projeto_de_lei_-_45-2019_remanej_educacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/77/projeto_de_lei_-_47-2019_credito_especial_saude.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/77/projeto_de_lei_-_47-2019_credito_especial_saude.pdf</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/85/projeto_de_lei_-_42-2019_-_ldo-2020.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/85/projeto_de_lei_-_42-2019_-_ldo-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/86/projeto_de_lei_-_50-2019_-_autoriza_subvencao.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/86/projeto_de_lei_-_50-2019_-_autoriza_subvencao.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O REPASSE DE SUBVENÇÃO SOCIAL ÀS ENTIDADES QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/87/projeto_de_lei_n_46-2019_-_remanejamento_semtras.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/87/projeto_de_lei_n_46-2019_-_remanejamento_semtras.pdf</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/95/projeto_de_lei_-_52-2019_-_remanejamento_educacao.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/95/projeto_de_lei_-_52-2019_-_remanejamento_educacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7°, 41 e 42, da Lei 4.320/64 e Dá Outras Providências</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/97/projeto_de_lei_-_54-2019_-_remanejamento_ipmsmg.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/97/projeto_de_lei_-_54-2019_-_remanejamento_ipmsmg.pdf</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/99/projeto_de_lei_42-2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/99/projeto_de_lei_42-2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA 0 EXECUTIVO MUNICIPAL A PROCEDER A DOAÇÃO DE BEM IMÓVEL, NA FORMA QUE ESPECÍFICA</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/177/loa_-_2019-2020.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/177/loa_-_2019-2020.pdf</t>
   </si>
   <si>
     <t>Substitutivo do Projeto de Lei 16-2019</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/101/projeto_de_lei_53-2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/101/projeto_de_lei_53-2019.pdf</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei__18-2019_sapl.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei__18-2019_sapl.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a proceder a doação de imóveis, na forma que especifica</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/122/projeto_de_lei_55_-_doacao_imovel_funcionarios_emater.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/122/projeto_de_lei_55_-_doacao_imovel_funcionarios_emater.pdf</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_n_56-2019_-_remanejamento_semtras.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_n_56-2019_-_remanejamento_semtras.pdf</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e art. 7º da Lei nº 3.725/PMC/2016, e Dá Outras Providências</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/130/projeto_de_lei_-_57-2019_-_credito_especial_aqui_G0FzoMY.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/130/projeto_de_lei_-_57-2019_-_credito_especial_aqui_G0FzoMY.pdf</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/131/projeto_de_lei_-_58-2019_-_remanejamento_semadf.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/131/projeto_de_lei_-_58-2019_-_remanejamento_semadf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO VIGENTE CONFORME ART. 7º, 41 E 42, DA LEI 4.320/64 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_-_62-19_-_credito_especial_conv_8_J2SfX2V.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_-_62-19_-_credito_especial_conv_8_J2SfX2V.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_lei_-_63-19_-_credito_especial_prop_0_411uPiz.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_lei_-_63-19_-_credito_especial_prop_0_411uPiz.pdf</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_de_lei_-_60-19_-_credito_especial_conv_882703-19.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_de_lei_-_60-19_-_credito_especial_conv_882703-19.pdf</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/137/projeto_de_lei_-_64-19_-_credito_especial_increm_6hNBj3j.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/137/projeto_de_lei_-_64-19_-_credito_especial_increm_6hNBj3j.pdf</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/138/projeto_de_lei_-_61-19_-_credito_especial_conv_882742-19.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/138/projeto_de_lei_-_61-19_-_credito_especial_conv_882742-19.pdf</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/142/projeto_de_lei__029-2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/142/projeto_de_lei__029-2019.pdf</t>
   </si>
   <si>
     <t>MODIFICA A LEI DE Nº398/01 QUE “DECLARA DE UTILIDADE PUBLICA A ASSOCIAÇÃO DOS AGRICULTORES UNIDOS VAMOS TRABALHAR, DA LINHA 94 KM 07 – LADO SUL.”</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/143/projeto_de_lei_-_65-2019_-_remanejamento_folha.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/143/projeto_de_lei_-_65-2019_-_remanejamento_folha.pdf</t>
   </si>
   <si>
     <t>DIPÕE SOBRE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO VIGENTE CONFORME ART. 7º, 41 E 42, DA LEI 4.320/64 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/144/projeto_de_lei_-_66-2019_-_excesso_arrecadacao_fundeb.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/144/projeto_de_lei_-_66-2019_-_excesso_arrecadacao_fundeb.pdf</t>
   </si>
   <si>
     <t>DIPÕE SOBRE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE CONFORME ART. 7º, 41 E 42, DA LEI 4.320/64 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/145/projeto_de_lei_-_67-2019_-_remanejamento_obras.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/145/projeto_de_lei_-_67-2019_-_remanejamento_obras.pdf</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/153/projeto_de_lei_n_68-2019_-_suplemento_superavit.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/153/projeto_de_lei_n_68-2019_-_suplemento_superavit.pdf</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/154/projeto_de_lei_-_69-19_-_credito_especial_saldo__wZw4hU7.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/154/projeto_de_lei_-_69-19_-_credito_especial_saldo__wZw4hU7.pdf</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/155/projeto_35-2019-convertido.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/155/projeto_35-2019-convertido.pdf</t>
   </si>
   <si>
     <t>Institui o Dia da Produtora Rural Sãomiguelense</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/156/projeto_de_lei_-_70-2019_-_credito_especial_aqui_7tt7WF3.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/156/projeto_de_lei_-_70-2019_-_credito_especial_aqui_7tt7WF3.pdf</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/161/projeto_de_lei_37.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/161/projeto_de_lei_37.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Saneamento Básico -PMSB e dá outras providências</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/162/projeto_de_lei_-_72-2019_-_remanejamento_saude_-_zlDc8yd.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/162/projeto_de_lei_-_72-2019_-_remanejamento_saude_-_zlDc8yd.pdf</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/163/projeto_de_lei_39.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/163/projeto_de_lei_39.pdf</t>
   </si>
   <si>
     <t>"REVOGA AS LEIS MUNICIPAIS Nº 1.583/2016 E 1.823/2019 QUE "ESTABELECEM NOVAS DIRETRIZES PARA O TRÂNSITO LOCAL"".</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/165/projeto_de_lei_-_73-2019_-_remanejamento_semtras_conjuve.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/165/projeto_de_lei_-_73-2019_-_remanejamento_semtras_conjuve.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art.  7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/166/projeto_de_lei_-_74-2019_-_remanejamento_peti.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/166/projeto_de_lei_-_74-2019_-_remanejamento_peti.pdf</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/167/projeto_de_lei_-_75-2019_-_remanejamento_saude.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/167/projeto_de_lei_-_75-2019_-_remanejamento_saude.pdf</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/168/projeto_de_lei_-_76-2019_-_remanejamento_saude.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/168/projeto_de_lei_-_76-2019_-_remanejamento_saude.pdf</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Departamento Jurídico - Prefeitura Municipal - DJPM</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/170/projeto_de_lei_079.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/170/projeto_de_lei_079.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei n. 921/2009 e dá outras providencias.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/171/projeto_de_lei_-_81-2019_-_remanejamento_educacao.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/171/projeto_de_lei_-_81-2019_-_remanejamento_educacao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRÉDIDO ADICIONAL SUPLEMENTAR AO ORÇAMENTO VIGENTE CONFORME ART 7º, 41 E 42 DA LEI 4.320/64 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/172/projeto_de_lei_-_78-2019_-_remanejamento_gabinete.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/172/projeto_de_lei_-_78-2019_-_remanejamento_gabinete.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO VIGENTE CONFORME ART. 7º, 41 E 42 DA LEI 4.320/64 E D´OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/198/projeto_de_lei_-_80-2019_-_remanejamento_sesau_seduc.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/198/projeto_de_lei_-_80-2019_-_remanejamento_sesau_seduc.pdf</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/174/projeto_de_lei_77.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/174/projeto_de_lei_77.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O REPASSE DE SUBVENÇÃO SOCIAL ÁS ENTIDADES QUE MENCIONA E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/181/projeto_de_lei_-_82-2019_-_remanejamento_sesau_p_Dcxqw7O.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/181/projeto_de_lei_-_82-2019_-_remanejamento_sesau_p_Dcxqw7O.pdf</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/182/projeto_de_lei_-_83-2019_-_remanejamento_sesau_onibus.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/182/projeto_de_lei_-_83-2019_-_remanejamento_sesau_onibus.pdf</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/185/projeto_de_lei_utilidade_publica_verdao.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/185/projeto_de_lei_utilidade_publica_verdao.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Desportiva, Cultural e Agrícola Verdão de São Miguel do Guaporé - RO</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/186/projeto_de_lei_-_85-2019_credito_especial_saude__3vO36h5.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/186/projeto_de_lei_-_85-2019_credito_especial_saude__3vO36h5.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64, e Dá Outras Providências</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/187/projeto_de_lei_-_84-2019_-_remanejamento_semadf.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/187/projeto_de_lei_-_84-2019_-_remanejamento_semadf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64, e Dá Outras Providências</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/188/projeto_de_lei_-_87-2019_-_remanejamento_semagri_folha.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/188/projeto_de_lei_-_87-2019_-_remanejamento_semagri_folha.pdf</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/189/projeto_de_lei_86.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/189/projeto_de_lei_86.pdf</t>
   </si>
   <si>
     <t>institui o regime de sobreaviso aos servidores públicos municipais ocupantes do cargo de motorista lotado no conselho tutelar.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/201/joinpdf_fc4f7b9d0c553a798e81d8c95dd8ec3b.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/201/joinpdf_fc4f7b9d0c553a798e81d8c95dd8ec3b.pdf</t>
   </si>
   <si>
     <t>dispõe sobre o estatuto e plano de cargos, carreira e remuneração dos servidores públicos municipais de são miguel do Guaporé.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/202/projeto_de_lei_-_89-2019_-_pavim_asf_tsd_drenage_78bTQ5e.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/202/projeto_de_lei_-_89-2019_-_pavim_asf_tsd_drenage_78bTQ5e.pdf</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/203/paa.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/203/paa.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Aquisição de Alimentos no âmbito do Município de São Miguel do Guaporê - PAA - São Miguel do Guaporé.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/206/projeto_de_lei_-_93-2019_-_remanejamento_educacao_folha.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/206/projeto_de_lei_-_93-2019_-_remanejamento_educacao_folha.pdf</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/208/projeto_de_lei_-_94-2019_-_remanehamento_educaca_smH4uQT.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/208/projeto_de_lei_-_94-2019_-_remanehamento_educaca_smH4uQT.pdf</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/96/projeto_de_emenda_01-2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/96/projeto_de_emenda_01-2019.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 26, ÀS ALÍNEAS B E C DO INCISO IX DO ART. 43, AOS §§ 2º E 5º, DO ART. 62 E AO § ÚNICO DO ART. 51, DA LEI ORGÂNICA DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ</t>
   </si>
   <si>
     <t>ATPL</t>
   </si>
   <si>
     <t>Anteprojeto de lei</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/65/anteprojeto_de_lei.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/65/anteprojeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho e Fundo Municipal de Políticas sobre Drogas do Município de São Miguel do Guaporé/RO e dá outras Povidências.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>ECJR</t>
   </si>
   <si>
     <t>Emenda da Comissão de Justiça e Redação</t>
   </si>
   <si>
     <t>CJR - Comissão Permanente de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/116/emenda_supressiva_cjr.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/116/emenda_supressiva_cjr.pdf</t>
   </si>
   <si>
     <t>Fica suprimido o inciso III do Art. 1º</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/194/05-12-2019-13.24.151.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/194/05-12-2019-13.24.151.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa sobre Projeto de Lei 039/2019, A sumula passa vigorar com a seguinte redação: Revoga a Lei Municipal nº 1.823/2019 que estabelece novas diretrizes para o trânsito local. Art. 1º. Fica revogada a Lei Ordinária Municipal sob Nº 1823/2018 que estabelece nova diretriz ao trânsito local, em razão de ter sido aprovada com vício de iniciativa.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>ECFO</t>
   </si>
   <si>
     <t>Emenda da Comissão de Finança e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/152/emenda__camara.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/152/emenda__camara.pdf</t>
   </si>
   <si>
     <t>Emenda da Comissão de Finanças e Orçamento referente ao Projeto de Lei 20/2019</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/157/parecer_emenda_1-mesclado.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/157/parecer_emenda_1-mesclado.pdf</t>
   </si>
   <si>
     <t>Art.1º: Passa a vigorar com a seguinte redação:_x000D_
 _x000D_
 Art. 10 - Fica o Executivo Municipal autorizado a abrir no orçamento municipal um CRÉDITO ADICIONAL SUPLEMENTAR, nas dotações abaixo discriminadas, no valor de até R$ _x000D_
 1.343.610,81(um milhão trezentos e quarenta e três mil seiscentos e dez reais e oitenta e um centavos)</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/183/documentos.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/183/documentos.pdf</t>
   </si>
   <si>
     <t>ART.25 EMENTA SUPRESSIVA _x000D_
 §1°EMENDA SUPRESSIVA_x000D_
 §2 EMENDA SUPRESSIVA _x000D_
 §3°EMENDA SUPRESSIVA</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/200/parecer_com_emenda.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/200/parecer_com_emenda.pdf</t>
   </si>
   <si>
     <t>Emenda de Suplementação de dotação orçamentária por crédito especial e anulação de dotação orçamentária no exercício vigente na ordem de R$ 17.836,02 em Projeto de Lei específico.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/205/emnda_5.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/205/emnda_5.pdf</t>
   </si>
   <si>
     <t>Emenda ao Projeto de Lei 16/2019 que ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ PARA O EXERCÍCIO FINANCEIRO DE 2020</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>PLS</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUBSTITUTIVO (Art. 130 - R.I.)</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/100/joinpdf_a893c44d70ec95e72cda11ba083b780e.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/100/joinpdf_a893c44d70ec95e72cda11ba083b780e.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ PARA O EXERCÍCIO FINANCEIRO DE 2020</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/178/substitutivo_plo_40-2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/178/substitutivo_plo_40-2019.pdf</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei 40/2019 que Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7º, 41 e 42, da Lei 4.320/64 e Dá Outras Providências</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/197/emenda_projeto_de_lei_079.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/197/emenda_projeto_de_lei_079.pdf</t>
   </si>
   <si>
     <t>emenda  referente ao projeto de lei 079</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/207/projeto_de_lei_54_substitutivo.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/207/projeto_de_lei_54_substitutivo.pdf</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/209/projeto_lei_56-2019.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/209/projeto_lei_56-2019.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE 0 ESTATUTO E PLANO DE_x000D_
 CARGOS, CARREIRA E REMUNERAÇÃO DOS_x000D_
 SERVIDORES PÚBLICOS MUNICIPAIS DE SÃO_x000D_
 MIGUEL DO GUAPORÊ, E DA OUTRAS_x000D_
 PROVIDENCIAS".</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>ANX</t>
   </si>
   <si>
     <t>ANEXOS</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/150/anexos_ldo_2020.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/150/anexos_ldo_2020.pdf</t>
   </si>
   <si>
     <t>ANEXOS LDO REFERENTE PROJETO DE LEI 10/2019.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2088,68 +2088,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/67/emenda_01-2019-sapl_mensagem_039-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/79/emenda_02-2019_-_projeto_de_lei_06-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/83/projeto_de_lei_-_41-2019_remanejamento_camara_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/119/emenda_05-2019_sapl_ao_projeto_11-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/139/emenda_07-2019_ao_pl_13-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/158/emenda_01.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/159/emenda.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/160/novo_documento2.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/180/parecer_cpfo_032_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/199/06-12-2019-09.59.376.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/29/indicacao_0282019.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/30/indicacao_0292019.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/31/indicacao_0302019.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/32/indicacao_0312019.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/33/indicacao.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/34/indicacao_n06.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/36/indicacao_072019.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/37/indicacao_082019.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/38/indicacao_009.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/39/indicacao_0010.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/40/indicacao_0011.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/44/indicacao_n_14-2019.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/45/indicacao_n_15-2019.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/46/indicacao_n_16-2019.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/47/indicacao_017-2019_80hGXsb.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/48/indicacao_n_18-2019.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/49/019.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/50/indicacao_n20.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/53/indicacao_212019.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/54/022.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/55/indicacao_232019.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/56/indicacao_n_24-2019_-_copia.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/60/indicacao_025-2019.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/61/indicacao_026-2019.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/62/indicacao_272019.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/71/indicacao_no_28_2019-pdf.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/72/indicacao_no_29_2019__-_pdf.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/73/indicacao_302019.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/74/indicacao_n_031_2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/75/indicacao_n_032_2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/80/indicacao_valmir.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/81/indicacao_34-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/82/035-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/88/indicacao_362019.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/89/indicacao_37-2019-pdf.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/90/indicacao_38-2019-pdf.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/91/indicacao_39-2019-pdf.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/92/indicacao_no_40-2019_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/93/indicacao_041-pdf.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/94/042.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/98/indicacao_0043.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/103/indicacao_452019.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/104/indicacao_462019.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/105/indicacao_047__iluminacao.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/106/indicacao__048_quadra_municipal.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/107/indicacao_049_quilombolas_nome_da_escola.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/108/indicacao_502019.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/109/indicacao_512019.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/110/indicacao_522019.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/111/indicacao_532019.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/112/indicacao_542019.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/113/indicacao_n_55-2019.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/117/indicacao_057_-_2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/118/indicacao_582019.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/120/indicacao_592019.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/121/indicacao_602019.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/123/indicacao_61-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/125/indicacao_062-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/126/indicacao_063-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/127/indicacao_064-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/128/indicacao_065-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/132/indicacao_066-2019.pdf-convertido.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/140/indicacao_67-2019-convertido.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/141/indicacao_682019.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/146/indicacao_69-2019-convertido.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/151/indicacao_70-2019-convertido.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/169/indicacao_71-convertido.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/184/indicacao_722019.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/195/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/191/indicacao_74-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/193/indicacao_752019_GM1quoC.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/196/indicacao_762019.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/204/indicacao_772019.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/68/mocao-convertido.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/164/08-11-2019-10.40.442.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/179/raquerimento_no_003.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/51/projeto_de_lei_no_036-2019-convertido.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/52/projeto_de_lei_-39_-_teste_seletivo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/58/projeto_de_lei_-_40-2019_excesso_arrec_educacao_p_KydPznr.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/59/projeto_de_lei_-_41-2019_remanejamento_camara.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/63/projeto_de_lei___005_-_2019-_dec._util._do_consel_cUhCPEX.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/69/projeto_de_lei_n_44-2019_-_remanejamento_semadf.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/70/projeto_de_lei_n_43-2019_-_remanejamento_semtras.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/76/projeto_de_lei_-_45-2019_remanej_educacao.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/77/projeto_de_lei_-_47-2019_credito_especial_saude.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/85/projeto_de_lei_-_42-2019_-_ldo-2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/86/projeto_de_lei_-_50-2019_-_autoriza_subvencao.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/87/projeto_de_lei_n_46-2019_-_remanejamento_semtras.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/95/projeto_de_lei_-_52-2019_-_remanejamento_educacao.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/97/projeto_de_lei_-_54-2019_-_remanejamento_ipmsmg.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/99/projeto_de_lei_42-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/177/loa_-_2019-2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/101/projeto_de_lei_53-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei__18-2019_sapl.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/122/projeto_de_lei_55_-_doacao_imovel_funcionarios_emater.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_n_56-2019_-_remanejamento_semtras.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/130/projeto_de_lei_-_57-2019_-_credito_especial_aqui_G0FzoMY.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/131/projeto_de_lei_-_58-2019_-_remanejamento_semadf.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_-_62-19_-_credito_especial_conv_8_J2SfX2V.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_lei_-_63-19_-_credito_especial_prop_0_411uPiz.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_de_lei_-_60-19_-_credito_especial_conv_882703-19.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/137/projeto_de_lei_-_64-19_-_credito_especial_increm_6hNBj3j.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/138/projeto_de_lei_-_61-19_-_credito_especial_conv_882742-19.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/142/projeto_de_lei__029-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/143/projeto_de_lei_-_65-2019_-_remanejamento_folha.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/144/projeto_de_lei_-_66-2019_-_excesso_arrecadacao_fundeb.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/145/projeto_de_lei_-_67-2019_-_remanejamento_obras.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/153/projeto_de_lei_n_68-2019_-_suplemento_superavit.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/154/projeto_de_lei_-_69-19_-_credito_especial_saldo__wZw4hU7.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/155/projeto_35-2019-convertido.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/156/projeto_de_lei_-_70-2019_-_credito_especial_aqui_7tt7WF3.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/161/projeto_de_lei_37.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/162/projeto_de_lei_-_72-2019_-_remanejamento_saude_-_zlDc8yd.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/163/projeto_de_lei_39.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/165/projeto_de_lei_-_73-2019_-_remanejamento_semtras_conjuve.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/166/projeto_de_lei_-_74-2019_-_remanejamento_peti.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/167/projeto_de_lei_-_75-2019_-_remanejamento_saude.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/168/projeto_de_lei_-_76-2019_-_remanejamento_saude.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/170/projeto_de_lei_079.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/171/projeto_de_lei_-_81-2019_-_remanejamento_educacao.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/172/projeto_de_lei_-_78-2019_-_remanejamento_gabinete.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/198/projeto_de_lei_-_80-2019_-_remanejamento_sesau_seduc.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/174/projeto_de_lei_77.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/181/projeto_de_lei_-_82-2019_-_remanejamento_sesau_p_Dcxqw7O.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/182/projeto_de_lei_-_83-2019_-_remanejamento_sesau_onibus.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/185/projeto_de_lei_utilidade_publica_verdao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/186/projeto_de_lei_-_85-2019_credito_especial_saude__3vO36h5.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/187/projeto_de_lei_-_84-2019_-_remanejamento_semadf.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/188/projeto_de_lei_-_87-2019_-_remanejamento_semagri_folha.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/189/projeto_de_lei_86.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/201/joinpdf_fc4f7b9d0c553a798e81d8c95dd8ec3b.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/202/projeto_de_lei_-_89-2019_-_pavim_asf_tsd_drenage_78bTQ5e.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/203/paa.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/206/projeto_de_lei_-_93-2019_-_remanejamento_educacao_folha.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/208/projeto_de_lei_-_94-2019_-_remanehamento_educaca_smH4uQT.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/96/projeto_de_emenda_01-2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/65/anteprojeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/116/emenda_supressiva_cjr.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/194/05-12-2019-13.24.151.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/152/emenda__camara.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/157/parecer_emenda_1-mesclado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/183/documentos.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/200/parecer_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/205/emnda_5.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/100/joinpdf_a893c44d70ec95e72cda11ba083b780e.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/178/substitutivo_plo_40-2019.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/197/emenda_projeto_de_lei_079.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/207/projeto_de_lei_54_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/209/projeto_lei_56-2019.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/150/anexos_ldo_2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/67/emenda_01-2019-sapl_mensagem_039-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/79/emenda_02-2019_-_projeto_de_lei_06-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/83/projeto_de_lei_-_41-2019_remanejamento_camara_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/119/emenda_05-2019_sapl_ao_projeto_11-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/139/emenda_07-2019_ao_pl_13-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/158/emenda_01.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/159/emenda.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/160/novo_documento2.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/180/parecer_cpfo_032_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/199/06-12-2019-09.59.376.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/29/indicacao_0282019.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/30/indicacao_0292019.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/31/indicacao_0302019.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/32/indicacao_0312019.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/33/indicacao.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/34/indicacao_n06.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/36/indicacao_072019.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/37/indicacao_082019.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/38/indicacao_009.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/39/indicacao_0010.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/40/indicacao_0011.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/44/indicacao_n_14-2019.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/45/indicacao_n_15-2019.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/46/indicacao_n_16-2019.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/47/indicacao_017-2019_80hGXsb.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/48/indicacao_n_18-2019.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/49/019.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/50/indicacao_n20.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/53/indicacao_212019.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/54/022.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/55/indicacao_232019.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/56/indicacao_n_24-2019_-_copia.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/60/indicacao_025-2019.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/61/indicacao_026-2019.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/62/indicacao_272019.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/71/indicacao_no_28_2019-pdf.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/72/indicacao_no_29_2019__-_pdf.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/73/indicacao_302019.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/74/indicacao_n_031_2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/75/indicacao_n_032_2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/80/indicacao_valmir.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/81/indicacao_34-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/82/035-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/88/indicacao_362019.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/89/indicacao_37-2019-pdf.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/90/indicacao_38-2019-pdf.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/91/indicacao_39-2019-pdf.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/92/indicacao_no_40-2019_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/93/indicacao_041-pdf.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/94/042.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/98/indicacao_0043.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/103/indicacao_452019.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/104/indicacao_462019.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/105/indicacao_047__iluminacao.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/106/indicacao__048_quadra_municipal.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/107/indicacao_049_quilombolas_nome_da_escola.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/108/indicacao_502019.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/109/indicacao_512019.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/110/indicacao_522019.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/111/indicacao_532019.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/112/indicacao_542019.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/113/indicacao_n_55-2019.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/117/indicacao_057_-_2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/118/indicacao_582019.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/120/indicacao_592019.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/121/indicacao_602019.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/123/indicacao_61-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/125/indicacao_062-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/126/indicacao_063-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/127/indicacao_064-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/128/indicacao_065-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/132/indicacao_066-2019.pdf-convertido.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/140/indicacao_67-2019-convertido.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/141/indicacao_682019.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/146/indicacao_69-2019-convertido.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/151/indicacao_70-2019-convertido.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/169/indicacao_71-convertido.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/184/indicacao_722019.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/195/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/191/indicacao_74-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/193/indicacao_752019_GM1quoC.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/196/indicacao_762019.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/204/indicacao_772019.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/68/mocao-convertido.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/164/08-11-2019-10.40.442.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/179/raquerimento_no_003.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/51/projeto_de_lei_no_036-2019-convertido.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/52/projeto_de_lei_-39_-_teste_seletivo.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/58/projeto_de_lei_-_40-2019_excesso_arrec_educacao_p_KydPznr.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/59/projeto_de_lei_-_41-2019_remanejamento_camara.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/63/projeto_de_lei___005_-_2019-_dec._util._do_consel_cUhCPEX.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/69/projeto_de_lei_n_44-2019_-_remanejamento_semadf.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/70/projeto_de_lei_n_43-2019_-_remanejamento_semtras.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/76/projeto_de_lei_-_45-2019_remanej_educacao.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/77/projeto_de_lei_-_47-2019_credito_especial_saude.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/85/projeto_de_lei_-_42-2019_-_ldo-2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/86/projeto_de_lei_-_50-2019_-_autoriza_subvencao.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/87/projeto_de_lei_n_46-2019_-_remanejamento_semtras.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/95/projeto_de_lei_-_52-2019_-_remanejamento_educacao.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/97/projeto_de_lei_-_54-2019_-_remanejamento_ipmsmg.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/99/projeto_de_lei_42-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/177/loa_-_2019-2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/101/projeto_de_lei_53-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/115/projeto_de_lei__18-2019_sapl.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/122/projeto_de_lei_55_-_doacao_imovel_funcionarios_emater.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/124/projeto_de_lei_n_56-2019_-_remanejamento_semtras.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/130/projeto_de_lei_-_57-2019_-_credito_especial_aqui_G0FzoMY.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/131/projeto_de_lei_-_58-2019_-_remanejamento_semadf.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/134/projeto_de_lei_-_62-19_-_credito_especial_conv_8_J2SfX2V.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/135/projeto_de_lei_-_63-19_-_credito_especial_prop_0_411uPiz.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/136/projeto_de_lei_-_60-19_-_credito_especial_conv_882703-19.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/137/projeto_de_lei_-_64-19_-_credito_especial_increm_6hNBj3j.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/138/projeto_de_lei_-_61-19_-_credito_especial_conv_882742-19.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/142/projeto_de_lei__029-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/143/projeto_de_lei_-_65-2019_-_remanejamento_folha.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/144/projeto_de_lei_-_66-2019_-_excesso_arrecadacao_fundeb.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/145/projeto_de_lei_-_67-2019_-_remanejamento_obras.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/153/projeto_de_lei_n_68-2019_-_suplemento_superavit.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/154/projeto_de_lei_-_69-19_-_credito_especial_saldo__wZw4hU7.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/155/projeto_35-2019-convertido.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/156/projeto_de_lei_-_70-2019_-_credito_especial_aqui_7tt7WF3.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/161/projeto_de_lei_37.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/162/projeto_de_lei_-_72-2019_-_remanejamento_saude_-_zlDc8yd.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/163/projeto_de_lei_39.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/165/projeto_de_lei_-_73-2019_-_remanejamento_semtras_conjuve.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/166/projeto_de_lei_-_74-2019_-_remanejamento_peti.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/167/projeto_de_lei_-_75-2019_-_remanejamento_saude.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/168/projeto_de_lei_-_76-2019_-_remanejamento_saude.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/170/projeto_de_lei_079.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/171/projeto_de_lei_-_81-2019_-_remanejamento_educacao.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/172/projeto_de_lei_-_78-2019_-_remanejamento_gabinete.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/198/projeto_de_lei_-_80-2019_-_remanejamento_sesau_seduc.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/174/projeto_de_lei_77.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/181/projeto_de_lei_-_82-2019_-_remanejamento_sesau_p_Dcxqw7O.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/182/projeto_de_lei_-_83-2019_-_remanejamento_sesau_onibus.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/185/projeto_de_lei_utilidade_publica_verdao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/186/projeto_de_lei_-_85-2019_credito_especial_saude__3vO36h5.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/187/projeto_de_lei_-_84-2019_-_remanejamento_semadf.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/188/projeto_de_lei_-_87-2019_-_remanejamento_semagri_folha.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/189/projeto_de_lei_86.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/201/joinpdf_fc4f7b9d0c553a798e81d8c95dd8ec3b.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/202/projeto_de_lei_-_89-2019_-_pavim_asf_tsd_drenage_78bTQ5e.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/203/paa.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/206/projeto_de_lei_-_93-2019_-_remanejamento_educacao_folha.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/208/projeto_de_lei_-_94-2019_-_remanehamento_educaca_smH4uQT.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/96/projeto_de_emenda_01-2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/65/anteprojeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/116/emenda_supressiva_cjr.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/194/05-12-2019-13.24.151.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/152/emenda__camara.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/157/parecer_emenda_1-mesclado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/183/documentos.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/200/parecer_com_emenda.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/205/emnda_5.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/100/joinpdf_a893c44d70ec95e72cda11ba083b780e.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/178/substitutivo_plo_40-2019.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/197/emenda_projeto_de_lei_079.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/207/projeto_de_lei_54_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/209/projeto_lei_56-2019.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2019/150/anexos_ldo_2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H169"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="59.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="143.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="142.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>