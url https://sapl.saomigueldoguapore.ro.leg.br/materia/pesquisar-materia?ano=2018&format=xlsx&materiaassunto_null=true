--- v0 (2025-10-14)
+++ v1 (2026-03-10)
@@ -51,784 +51,784 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1899/projeto_projeto_de_lei_01_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1899/projeto_projeto_de_lei_01_2018.pdf</t>
   </si>
   <si>
     <t>··DISPÕE SOBRE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE CONFORME ART.7°, 41 E 42,DA LEI 4.320/64 E ART. 7° DA LEI n°_x000D_
 3725/FMC/2016, E DÁ OUTRAS PROVIDÈNCIAS".</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1900/projeto_projeto_de_lei_02_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1900/projeto_projeto_de_lei_02_2018.pdf</t>
   </si>
   <si>
     <t>··DISPÕE SOBRE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE CONFORME ART.7°, 41 E 42,DA LEI 4.320/64 E ART. 7° DA LEI n°_x000D_
 3725/FMC/2016, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1901/projeto_projeto_de_lei_03_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1901/projeto_projeto_de_lei_03_2018.pdf</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1902/projeto_projeto_de_lei_04_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1902/projeto_projeto_de_lei_04_2018.pdf</t>
   </si>
   <si>
     <t>··DISPÕE SOBRE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE CONFORME ART.7°, 41 E 42,DA LEI 4.320/64 E ART. 7° DA LEI Nº_x000D_
 3.725/FMC/2016, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1903/projeto_projeto_de_lei_05_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1903/projeto_projeto_de_lei_05_2018.pdf</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1904/projeto_projeto_de_lei_06_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1904/projeto_projeto_de_lei_06_2018.pdf</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1905/projeto_projeto_de_lei_07_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1905/projeto_projeto_de_lei_07_2018.pdf</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1906/projeto_projeto_de_lei_08_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1906/projeto_projeto_de_lei_08_2018.pdf</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1907/projeto_projeto_de_lei_009_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1907/projeto_projeto_de_lei_009_2018.pdf</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1908/projeto_projeto_de_lei_010_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1908/projeto_projeto_de_lei_010_2018.pdf</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1910/projeto_projeto_de_lei_011_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1910/projeto_projeto_de_lei_011_2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE CONFORME ART.7°, 41 E 42,DA LEI 4.320/64 E ART. 7° DA LEI Nº_x000D_
 3.725/FMC/2016, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1911/projeto_projeto_de_lei_012_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1911/projeto_projeto_de_lei_012_2018.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE NOVAS DIRETRIZES PARA O TRÂNSITO URBANO LOCAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1912/projeto_projeto_de_lei_013_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1912/projeto_projeto_de_lei_013_2018.pdf</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1913/projeto_projeto_de_lei_014_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1913/projeto_projeto_de_lei_014_2018.pdf</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1914/projeto_projeto_de_lei_015_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1914/projeto_projeto_de_lei_015_2018.pdf</t>
   </si>
   <si>
     <t>“Nomina Sede do Centro de Saúde da Mulher e Unidade Básica de Saúde do Bairro Planalto".</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1915/projeto_projeto_de_lei_016_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1915/projeto_projeto_de_lei_016_2018.pdf</t>
   </si>
   <si>
     <t>Regulamenta a concessão de Benefícios Eventuais e Emergenciais da Política de Assistência Social e dá outras providências.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1916/projeto_projeto_de_lei_017_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1916/projeto_projeto_de_lei_017_2018.pdf</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1917/projeto_projeto_de_lei_018_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1917/projeto_projeto_de_lei_018_2018.pdf</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1918/projeto_projeto_de_lei_019_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1918/projeto_projeto_de_lei_019_2018.pdf</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1919/projeto_projeto_de_lei_020_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1919/projeto_projeto_de_lei_020_2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE REFORMULAÇÃO ADMINISTRATIVA AO ORÇAMENTO VIGENTE POR MEIO DE REMANEJAMENTO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1920/projeto_projeto_de_lei_021_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1920/projeto_projeto_de_lei_021_2018.pdf</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1921/projeto_projeto_de_lei_022_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1921/projeto_projeto_de_lei_022_2018.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa de Recuperação Fiscal - REFIS, no município de São Miguel e dá outras providencias"</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1922/projeto_projeto_de_lei_023_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1922/projeto_projeto_de_lei_023_2018.pdf</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1923/projeto_projeto_de_lei_024_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1923/projeto_projeto_de_lei_024_2018.pdf</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1924/projeto_projeto_de_lei_025_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1924/projeto_projeto_de_lei_025_2018.pdf</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1925/projeto_projeto_de_lei_026_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1925/projeto_projeto_de_lei_026_2018.pdf</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1926/projeto_projeto_de_lei_027_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1926/projeto_projeto_de_lei_027_2018.pdf</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1927/projeto_projeto_de_lei_028_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1927/projeto_projeto_de_lei_028_2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁIRA DE 2019 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1928/projeto_projeto_de_lei_029_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1928/projeto_projeto_de_lei_029_2018.pdf</t>
   </si>
   <si>
     <t>“INSTITUI TÍTULOS HONORÍFICOS, DISPÕE SOBRE A SUA CONCESSÃO E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1929/projeto_projeto_de_lei_030_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1929/projeto_projeto_de_lei_030_2018.pdf</t>
   </si>
   <si>
     <t>“REGULA O PROCESSO ADMINISTRATIVO NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL E ESTABELECE_x000D_
 OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1930/projeto_projeto_de_lei_031_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1930/projeto_projeto_de_lei_031_2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE O RESSARCIMENTO DE DANOS MATERIAIS CAUSADOS A TERCEIROS, NOS TERMOS DO ART. 37, § 6°, DA_x000D_
 CONSTITUIÇÃO FEDERAL”</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1931/projeto_projeto_de_lei_032_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1931/projeto_projeto_de_lei_032_2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7°, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1932/projeto_projeto_de_lei_033_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1932/projeto_projeto_de_lei_033_2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ORGANIZAÇÃO DA ADMINISTRAÇÃ0 MUNICIPAL DE SÃO MIGUEL no GUAPORÉ E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1933/projeto_projeto_de_lei_034_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1933/projeto_projeto_de_lei_034_2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7°, 41 e 42, da Lei 4.320/64 e Dá_x000D_
 Outras Providências.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1934/projeto_projeto_de_lei_036_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1934/projeto_projeto_de_lei_036_2018.pdf</t>
   </si>
   <si>
     <t>Cria Elemento de Despesa e Dispõe sobre CREDITO ADICIONAL ESPECIAL ao Orçamento vigente conforme art. 7°, 41 e 42, da Lei_x000D_
 4.32 /64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1935/projeto_projeto_de_lei_037_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1935/projeto_projeto_de_lei_037_2018.pdf</t>
   </si>
   <si>
     <t>“Nomina Prédio da Unidade Básica de Saúde do Bairro Planalto".</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1936/projeto_projeto_de_lei_038_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1936/projeto_projeto_de_lei_038_2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7°, 41 e 42, da Lei 4.320/64 e Dá Outras Providências.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1937/projeto_projeto_de_lei_039_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1937/projeto_projeto_de_lei_039_2018.pdf</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1938/projeto_projeto_de_lei_040_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1938/projeto_projeto_de_lei_040_2018.pdf</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1939/projeto_projeto_de_lei_041_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1939/projeto_projeto_de_lei_041_2018.pdf</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1940/projeto_projeto_de_lei_042_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1940/projeto_projeto_de_lei_042_2018.pdf</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1941/projeto_projeto_de_lei_043_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1941/projeto_projeto_de_lei_043_2018.pdf</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1942/projeto_projeto_de_lei_044_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1942/projeto_projeto_de_lei_044_2018.pdf</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1943/projeto_projeto_de_lei_045_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1943/projeto_projeto_de_lei_045_2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ATRIBUIÇÃO DE NOMES AOS LOGRADOUROS E ÓRGÃOS PÚBLICOS MUNICIPAIS".</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1944/projeto_projeto_de_lei_046_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1944/projeto_projeto_de_lei_046_2018.pdf</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1945/projeto_projeto_de_lei_048_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1945/projeto_projeto_de_lei_048_2018.pdf</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1946/projeto_projeto_de_lei_049_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1946/projeto_projeto_de_lei_049_2018.pdf</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1947/projeto_projeto_de_lei_050_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1947/projeto_projeto_de_lei_050_2018.pdf</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1948/projeto_projeto_de_lei_051_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1948/projeto_projeto_de_lei_051_2018.pdf</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1949/projeto_projeto_de_lei_052_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1949/projeto_projeto_de_lei_052_2018.pdf</t>
   </si>
   <si>
     <t>'·NOMINA O PRÉDIO DO LABORATÓRIO DE ANÁLISES CLÍNICAS".</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1950/projeto_projeto_de_lei_053_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1950/projeto_projeto_de_lei_053_2018.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1.389/2014, de 03 de novembro de 2014, que dispõe da reestruturação do Regime Próprio de Previdência Social do Município de São Miguel do Guaporé- RO, e dá outras providências.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1951/projeto_projeto_de_lei_054_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1951/projeto_projeto_de_lei_054_2018.pdf</t>
   </si>
   <si>
     <t>"Transfere Ponto de Moto Táxi".</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1952/projeto_projeto_de_lei_055_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1952/projeto_projeto_de_lei_055_2018.pdf</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1953/projeto_projeto_de_lei_056_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1953/projeto_projeto_de_lei_056_2018.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O REPASSE DE SUBVENÇÃO SOCIAL AS ENTIDADES QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1954/projeto_projeto_de_lei_057_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1954/projeto_projeto_de_lei_057_2018.pdf</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1955/projeto_projeto_de_lei_058_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1955/projeto_projeto_de_lei_058_2018.pdf</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1956/projeto_projeto_de_lei_059_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1956/projeto_projeto_de_lei_059_2018.pdf</t>
   </si>
   <si>
     <t>"Reconhece situação de excepcionalidade e de interesse público e autoriza a contratação temporária de professores, para atuarem na_x000D_
 rede municipal de ensino"</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1957/projeto_projeto_de_lei_061_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1957/projeto_projeto_de_lei_061_2018.pdf</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1958/projeto_projeto_de_lei_063_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1958/projeto_projeto_de_lei_063_2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Contratação de Emergencial através de Teste Seletivo Simplificado de profissionais da área da saúde para o Município de São Miguel do_x000D_
 Guaporé RO"</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1959/projeto_projeto_de_lei_064_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1959/projeto_projeto_de_lei_064_2018.pdf</t>
   </si>
   <si>
     <t>"Autoriza o poder executivo Municipal a  doar Terreno ao IFRO - instituto Federal de Educação, Ciência e Tecnologia de Rondônia, terreno para_x000D_
 fins de Construção e implantação do Polo neste Município e Dá Outras Providências".</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1960/projeto_projeto_de_lei_065_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1960/projeto_projeto_de_lei_065_2018.pdf</t>
   </si>
   <si>
     <t>"Modifica a Lei n.° 471/2003 QUE "Dispõe sobre a Estrutura Organizacional e o Plano de Cargos Carreira e Salários da Câmara Municipal de São Miguel do Guaporé e dá Outras Providências".</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1961/projeto_projeto_de_lei_066_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1961/projeto_projeto_de_lei_066_2018.pdf</t>
   </si>
   <si>
     <t>"Nomina Quadra Poliesportiva do Distrito de Santana do Guaporé".</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1962/projeto_projeto_de_lei_069_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1962/projeto_projeto_de_lei_069_2018.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O REPASSE DE SUBVENÇÃO SOCIAL AS ENTIDADES QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1963/projeto_projeto_de_lei_070_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1963/projeto_projeto_de_lei_070_2018.pdf</t>
   </si>
   <si>
     <t>"DÁ NOVA REDAÇÃO A LEI MUNICIPAL QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR TERRENO AO IFRO - INSTITUTO_x000D_
 FEDERAL DE EDUCAÇÃO, CIÊNCIA E TECNOLOGIA DE RONDÔNIA,  TERRENO PARA FINS DE CONSTRUÇÃO E IMPLANTAÇÃO DO POLO NESTE MUNICÍPIO E DA OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1964/projeto_projeto_de_lei_071_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1964/projeto_projeto_de_lei_071_2018.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO BENEFICENTE VIDA PLENA - ABEVIP DA LINHA 82, KM 02, NORTE".</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1965/projeto_projeto_de_lei_072_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1965/projeto_projeto_de_lei_072_2018.pdf</t>
   </si>
   <si>
     <t>"DÁ NOVA REDAÇÃO A LEI MUNICIPAL N.° 244, DE 30 DE MARÇO DE 1998 QUE CRIA O CONSELHO_x000D_
 MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1966/projeto_projeto_de_lei_074_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1966/projeto_projeto_de_lei_074_2018.pdf</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1967/projeto_projeto_de_lei_075_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1967/projeto_projeto_de_lei_075_2018.pdf</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1968/projeto_projeto_de_lei_077_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1968/projeto_projeto_de_lei_077_2018.pdf</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1969/projeto_projeto_de_lei_078_2018.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1969/projeto_projeto_de_lei_078_2018.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1132,67 +1132,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1899/projeto_projeto_de_lei_01_2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1900/projeto_projeto_de_lei_02_2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1901/projeto_projeto_de_lei_03_2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1902/projeto_projeto_de_lei_04_2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1903/projeto_projeto_de_lei_05_2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1904/projeto_projeto_de_lei_06_2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1905/projeto_projeto_de_lei_07_2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1906/projeto_projeto_de_lei_08_2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1907/projeto_projeto_de_lei_009_2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1908/projeto_projeto_de_lei_010_2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1910/projeto_projeto_de_lei_011_2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1911/projeto_projeto_de_lei_012_2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1912/projeto_projeto_de_lei_013_2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1913/projeto_projeto_de_lei_014_2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1914/projeto_projeto_de_lei_015_2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1915/projeto_projeto_de_lei_016_2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1916/projeto_projeto_de_lei_017_2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1917/projeto_projeto_de_lei_018_2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1918/projeto_projeto_de_lei_019_2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1919/projeto_projeto_de_lei_020_2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1920/projeto_projeto_de_lei_021_2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1921/projeto_projeto_de_lei_022_2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1922/projeto_projeto_de_lei_023_2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1923/projeto_projeto_de_lei_024_2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1924/projeto_projeto_de_lei_025_2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1925/projeto_projeto_de_lei_026_2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1926/projeto_projeto_de_lei_027_2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1927/projeto_projeto_de_lei_028_2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1928/projeto_projeto_de_lei_029_2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1929/projeto_projeto_de_lei_030_2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1930/projeto_projeto_de_lei_031_2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1931/projeto_projeto_de_lei_032_2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1932/projeto_projeto_de_lei_033_2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1933/projeto_projeto_de_lei_034_2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1934/projeto_projeto_de_lei_036_2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1935/projeto_projeto_de_lei_037_2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1936/projeto_projeto_de_lei_038_2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1937/projeto_projeto_de_lei_039_2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1938/projeto_projeto_de_lei_040_2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1939/projeto_projeto_de_lei_041_2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1940/projeto_projeto_de_lei_042_2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1941/projeto_projeto_de_lei_043_2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1942/projeto_projeto_de_lei_044_2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1943/projeto_projeto_de_lei_045_2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1944/projeto_projeto_de_lei_046_2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1945/projeto_projeto_de_lei_048_2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1946/projeto_projeto_de_lei_049_2018.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1947/projeto_projeto_de_lei_050_2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1948/projeto_projeto_de_lei_051_2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1949/projeto_projeto_de_lei_052_2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1950/projeto_projeto_de_lei_053_2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1951/projeto_projeto_de_lei_054_2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1952/projeto_projeto_de_lei_055_2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1953/projeto_projeto_de_lei_056_2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1954/projeto_projeto_de_lei_057_2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1955/projeto_projeto_de_lei_058_2018.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1956/projeto_projeto_de_lei_059_2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1957/projeto_projeto_de_lei_061_2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1958/projeto_projeto_de_lei_063_2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1959/projeto_projeto_de_lei_064_2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1960/projeto_projeto_de_lei_065_2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1961/projeto_projeto_de_lei_066_2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1962/projeto_projeto_de_lei_069_2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1963/projeto_projeto_de_lei_070_2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1964/projeto_projeto_de_lei_071_2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1965/projeto_projeto_de_lei_072_2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1966/projeto_projeto_de_lei_074_2018.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1967/projeto_projeto_de_lei_075_2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1968/projeto_projeto_de_lei_077_2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1969/projeto_projeto_de_lei_078_2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1899/projeto_projeto_de_lei_01_2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1900/projeto_projeto_de_lei_02_2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1901/projeto_projeto_de_lei_03_2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1902/projeto_projeto_de_lei_04_2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1903/projeto_projeto_de_lei_05_2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1904/projeto_projeto_de_lei_06_2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1905/projeto_projeto_de_lei_07_2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1906/projeto_projeto_de_lei_08_2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1907/projeto_projeto_de_lei_009_2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1908/projeto_projeto_de_lei_010_2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1910/projeto_projeto_de_lei_011_2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1911/projeto_projeto_de_lei_012_2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1912/projeto_projeto_de_lei_013_2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1913/projeto_projeto_de_lei_014_2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1914/projeto_projeto_de_lei_015_2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1915/projeto_projeto_de_lei_016_2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1916/projeto_projeto_de_lei_017_2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1917/projeto_projeto_de_lei_018_2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1918/projeto_projeto_de_lei_019_2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1919/projeto_projeto_de_lei_020_2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1920/projeto_projeto_de_lei_021_2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1921/projeto_projeto_de_lei_022_2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1922/projeto_projeto_de_lei_023_2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1923/projeto_projeto_de_lei_024_2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1924/projeto_projeto_de_lei_025_2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1925/projeto_projeto_de_lei_026_2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1926/projeto_projeto_de_lei_027_2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1927/projeto_projeto_de_lei_028_2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1928/projeto_projeto_de_lei_029_2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1929/projeto_projeto_de_lei_030_2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1930/projeto_projeto_de_lei_031_2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1931/projeto_projeto_de_lei_032_2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1932/projeto_projeto_de_lei_033_2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1933/projeto_projeto_de_lei_034_2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1934/projeto_projeto_de_lei_036_2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1935/projeto_projeto_de_lei_037_2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1936/projeto_projeto_de_lei_038_2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1937/projeto_projeto_de_lei_039_2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1938/projeto_projeto_de_lei_040_2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1939/projeto_projeto_de_lei_041_2018.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1940/projeto_projeto_de_lei_042_2018.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1941/projeto_projeto_de_lei_043_2018.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1942/projeto_projeto_de_lei_044_2018.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1943/projeto_projeto_de_lei_045_2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1944/projeto_projeto_de_lei_046_2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1945/projeto_projeto_de_lei_048_2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1946/projeto_projeto_de_lei_049_2018.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1947/projeto_projeto_de_lei_050_2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1948/projeto_projeto_de_lei_051_2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1949/projeto_projeto_de_lei_052_2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1950/projeto_projeto_de_lei_053_2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1951/projeto_projeto_de_lei_054_2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1952/projeto_projeto_de_lei_055_2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1953/projeto_projeto_de_lei_056_2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1954/projeto_projeto_de_lei_057_2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1955/projeto_projeto_de_lei_058_2018.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1956/projeto_projeto_de_lei_059_2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1957/projeto_projeto_de_lei_061_2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1958/projeto_projeto_de_lei_063_2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1959/projeto_projeto_de_lei_064_2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1960/projeto_projeto_de_lei_065_2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1961/projeto_projeto_de_lei_066_2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1962/projeto_projeto_de_lei_069_2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1963/projeto_projeto_de_lei_070_2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1964/projeto_projeto_de_lei_071_2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1965/projeto_projeto_de_lei_072_2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1966/projeto_projeto_de_lei_074_2018.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1967/projeto_projeto_de_lei_075_2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1968/projeto_projeto_de_lei_077_2018.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2018/1969/projeto_projeto_de_lei_078_2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="116.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="184.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>