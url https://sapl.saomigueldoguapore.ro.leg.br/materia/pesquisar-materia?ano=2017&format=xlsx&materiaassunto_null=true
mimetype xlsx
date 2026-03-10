--- v0 (2025-12-05)
+++ v1 (2026-03-10)
@@ -51,1267 +51,1267 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1970/projeto_projeto_de_lei_001_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1970/projeto_projeto_de_lei_001_2017.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO QUALITATIVA DO ORÇAMENTO VIGENTE CONFORME PRECEITUA O ART. 167, VI, CF”</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1971/projeto_projeto_de_lei_002_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1971/projeto_projeto_de_lei_002_2017.pdf</t>
   </si>
   <si>
     <t>"Define o valor da Requisição de Pagamento de Pequeno Valor do Município São Miguel do Guaporé/RO."</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1972/projeto_projeto_de_lei_003_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1972/projeto_projeto_de_lei_003_2017.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO QUALITATIVA DO ORÇAMENTO VIGENTE ATRAVÉS DE TRANSFERÊNCIA NO ORÇAMENTO_x000D_
 VIGENTE, CONFORME PRECEITUA O ART. 167, VI, CF”</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1973/projeto_projeto_de_lei_004_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1973/projeto_projeto_de_lei_004_2017.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO QUALITATIVA DO ORÇAMENTO VIGENTE ATRAVÉS DE TRANSFERÊNCIA NO ORÇAMENTO VIGENTE, CONFORME PRECEITUA O ART. 167, VI, CF”</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1974/projeto_projeto_de_lei_005_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1974/projeto_projeto_de_lei_005_2017.pdf</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1975/projeto_projeto_de_lei_006_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1975/projeto_projeto_de_lei_006_2017.pdf</t>
   </si>
   <si>
     <t>"CRIA VAGA NO QUADRO DE PESSOAL DA ORGANIZAÇÃO ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE SÃO MIGUEL DO_x000D_
 GUAPORÉ/RO."</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1976/projeto_projeto_de_lei_007_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1976/projeto_projeto_de_lei_007_2017.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL POR TRANSFERÊNCIA DE CONVÊNIO, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1977/projeto_projeto_de_lei_008_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1977/projeto_projeto_de_lei_008_2017.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPERÁVIT FINANCEIRO, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1978/projeto_projeto_de_lei_009_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1978/projeto_projeto_de_lei_009_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito extraordinário na importância de até 204.000,00 (duzentos e quatro mil reais)</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1979/projeto_projeto_de_lei_010_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1979/projeto_projeto_de_lei_010_2017.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A PRORROGAÇÃO DA CONTRATAÇÃO EMERGÊNCIAL DA ÁREA DE SAÚDE PARA O MUNICIPIO DE SÃO MIGUEL DO_x000D_
 GUAPORÉ".</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1980/projeto_projeto_de_lei_011_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1980/projeto_projeto_de_lei_011_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 46.100,00 (quarenta e seis mil cem reais)</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1981/projeto_projeto_de_lei_012_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1981/projeto_projeto_de_lei_012_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito de transposição na importância de até 50.000,00 (cinquenta mil reais)</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1982/projeto_projeto_de_lei_013_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1982/projeto_projeto_de_lei_013_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito de remanejamento na importância de até 10.500,00 (dez mil quinhentos reais)</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1983/projeto_projeto_de_lei_015_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1983/projeto_projeto_de_lei_015_2017.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO  MUNICIPAL A ABRIR CRÉDITO ADICIONAL POR SUPERÁVIT FINANCEIRO, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1984/projeto_projeto_de_lei_016_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1984/projeto_projeto_de_lei_016_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito de transposição na importância de até 300.000,00 (trezentos mil reais)</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1985/projeto_projeto_de_lei_017_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1985/projeto_projeto_de_lei_017_2017.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL POR TRANSFERÊNCIA DE CONVÊNIO, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1986/projeto_projeto_de_lei_018_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1986/projeto_projeto_de_lei_018_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito de remanejamento na importância de até 672.240,00 (seiscentos e setenta e dois mil duzentos e_x000D_
 quarenta reais)</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1987/projeto_projeto_de_lei_020_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1987/projeto_projeto_de_lei_020_2017.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PUBLICA A ASSOCIAÇÃO BENEFICENTE SÃO FRANCISCO DE ASSIS".</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1988/projeto_projeto_de_lei_021_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1988/projeto_projeto_de_lei_021_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 176.187,04 (cento e setenta e seis mil cento e oitenta e sete reais e quatro centavos)</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1989/projeto_projeto_de_lei_022_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1989/projeto_projeto_de_lei_022_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 300.000,00 (trezentos mil reais)</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1990/projeto_projeto_de_lei_023_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1990/projeto_projeto_de_lei_023_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito de remanejamento na importância de até 600.000,00 (seiscentos mil reais)</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1991/projeto_projeto_de_lei_024_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1991/projeto_projeto_de_lei_024_2017.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE REVISÃO PARCIAL DO VENCIMENTO BASICO DOS SERVIDORES CUJO VENCIMENTO FOI ULTRAPASSADO_x000D_
 PELO SALARIO MÍNIMO NACIONAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1992/projeto_projeto_de_lei_025_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1992/projeto_projeto_de_lei_025_2017.pdf</t>
   </si>
   <si>
     <t>"Modifica a Lei 1.687/2016 que ‘Fixa o Subsidio dos Vereadores e Membros da Mesa Diretora da Câmara Municipal de São Miguel do Guaporé para_x000D_
 o mandato de 2017-2020 e dá outras providências"</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1993/projeto_projeto_de_lei_026_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1993/projeto_projeto_de_lei_026_2017.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do BAIRRO FILADELFIA e dá outras providências" .</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1994/projeto_projeto_de_lei_027_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1994/projeto_projeto_de_lei_027_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até 47.000,00 (quarenta e Sete mil reais)</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1995/projeto_projeto_de_lei_028_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1995/projeto_projeto_de_lei_028_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 500.000,00 (quinhentos mil reais)</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1996/projeto_projeto_de_lei_030_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1996/projeto_projeto_de_lei_030_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7°, 41 e 42, da Lei 4.320/64 e art. 7° da Lei n° 3.725/PMC/2016, e Dá Outras Providências.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1997/projeto_projeto_de_lei_031_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1997/projeto_projeto_de_lei_031_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7°, 4l e 42, da Lei 4.320/64 e art. 7° da Lei n° 3.725/PMC/2016, e Dá Outras Providências.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1998/projeto_projeto_de_lei_032_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1998/projeto_projeto_de_lei_032_2017.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE  A CONTRATAÇÃO EMERGENCIAL ATRAVÉS DE TESTE SELETIVO SIMPLIFICADO DE PROFISSIONAIS NA ÁREA DA_x000D_
 SAUDE PARA O MUNICIPIO DE SÃO MIGUEL DO GUAPORÉ E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1999/projeto_projeto_de_lei_033_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1999/projeto_projeto_de_lei_033_2017.pdf</t>
   </si>
   <si>
     <t>"CRIA VAGA NO QUADRO DE PESSOAL DA ORGANIZAÇÄO ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE SÃO MIGUEL DO GUAPORÉ/RO.”</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2000/projeto_projeto_de_lei_034_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2000/projeto_projeto_de_lei_034_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7°, 41 e 42, da Lei 4.320/64 e art. 7° da Lei n° 3.725/PMC/2016,e_x000D_
 Dá Outras Providências.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2001/projeto_projeto_de_lei_035_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2001/projeto_projeto_de_lei_035_2017.pdf</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2002/projeto_projeto_de_lei_036_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2002/projeto_projeto_de_lei_036_2017.pdf</t>
   </si>
   <si>
     <t>Altera e dá nova redação ao inciso IX, alínea "b" do art. 43, da Lei Orgânica do Município de São Miguel do Guaporé.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2003/projeto_projeto_de_lei_037_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2003/projeto_projeto_de_lei_037_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional suplementar na importância de até 278.239,00 (duzentos e setenta e oito mil duzentos e trinta e nove reais)</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2004/projeto_projeto_de_lei_038_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2004/projeto_projeto_de_lei_038_2017.pdf</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2005/projeto_projeto_de_lei_039_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2005/projeto_projeto_de_lei_039_2017.pdf</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2006/projeto_projeto_de_lei_040_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2006/projeto_projeto_de_lei_040_2017.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇAO DA LEI ORÇAMENTÁRIA  DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2007/projeto_projeto_de_lei_041_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2007/projeto_projeto_de_lei_041_2017.pdf</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2008/projeto_projeto_de_lei_042_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2008/projeto_projeto_de_lei_042_2017.pdf</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2009/projeto_projeto_de_lei_043_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2009/projeto_projeto_de_lei_043_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7°, 41 e 42, da Lei 4.320/64 e art. 7" da Lei n° 3.725/PMC/2016,e_x000D_
 Dá Outras Providências.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2010/projeto_projeto_de_lei_044_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2010/projeto_projeto_de_lei_044_2017.pdf</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2011/projeto_projeto_de_lei_045_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2011/projeto_projeto_de_lei_045_2017.pdf</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2012/projeto_projeto_de_lei_046_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2012/projeto_projeto_de_lei_046_2017.pdf</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2013/projeto_projeto_de_lei_047_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2013/projeto_projeto_de_lei_047_2017.pdf</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2014/projeto_projeto_de_lei_049_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2014/projeto_projeto_de_lei_049_2017.pdf</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2015/projeto_projeto_de_lei_050_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2015/projeto_projeto_de_lei_050_2017.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo a Contratar por prazo determinado os profissionais mencionados abaixo, e dá outras providências".</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2016/projeto_projeto_de_lei_051_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2016/projeto_projeto_de_lei_051_2017.pdf</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2017/projeto_projeto_de_lei_053_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2017/projeto_projeto_de_lei_053_2017.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei Municipal n° 1.717/2016 que "Estima a Receita e lixa a despesa do Município de São Miguel do Guaporé - RO para o Exercício Financeiro de 2017"</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2018/projeto_projeto_de_lei_054_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2018/projeto_projeto_de_lei_054_2017.pdf</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2019/projeto_projeto_de_lei_055_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2019/projeto_projeto_de_lei_055_2017.pdf</t>
   </si>
   <si>
     <t>"Cria o "Programa Prata da Casa", que estabelece a obrigatoriedade de disponibilização de oportunidade para apresentação de grupos,_x000D_
 bandas, cantores ou instrumentistas locais na abertura de eventos musicais que contem com recursos públicos municipais de São Migue/ Do_x000D_
 Guaporé/RO".</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2020/projeto_projeto_de_lei_056_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2020/projeto_projeto_de_lei_056_2017.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei Municipal n° 1.717/2016 que "Estima a Receita e lixa a despesa do Município de São Miguel do Guaporé - RO para o Exercício Financeiro de 2017".</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2021/projeto_projeto_de_lei_058_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2021/projeto_projeto_de_lei_058_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a consolidação e parcelamento de débitos do Município de SAO MIGUEL DO GUAPORÉ perante O seu Regime Próprio de Previdência Social_x000D_
 - RPPS.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2022/projeto_projeto_de_lei_059_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2022/projeto_projeto_de_lei_059_2017.pdf</t>
   </si>
   <si>
     <t>"REPASSE FINANCEIRO A ASSOCIAÇÃO COMERCIAL — ASCEMIG E A ASSOCIAÇÃO DOS POLICIAIS MILITARES DE SÃO MIGUEL DO_x000D_
 GUAPORÉ - ASPOM."</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2023/projeto_projeto_de_lei_061_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2023/projeto_projeto_de_lei_061_2017.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO PLURIANUAL DO MUNICIPIO PARA O PERIODO DE 2018 A 2021.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2024/projeto_projeto_de_lei_062_2017_1.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2024/projeto_projeto_de_lei_062_2017_1.pdf</t>
   </si>
   <si>
     <t>“ALTERA A LEI MUNICIPAL N° 1.562, DE 11 DE DEZEMBRO DE 2015, PARA DISPOR SOBRE INDENIZAÇÕES À SERVIDORES"</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2027/projeto_projeto_de_lei_063_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2027/projeto_projeto_de_lei_063_2017.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL N° 661, DE 2 DE DEZEMBRO DE 2005, DISPONDO SOBRE A INCIDÈNCIA E COBRANÇA DO IMPOSTO SOBRE_x000D_
 SERVIÇOS DE QUALQUER NATUREZA - ISSQN".</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2028/projeto_projeto_de_lei_064_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2028/projeto_projeto_de_lei_064_2017.pdf</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2029/projeto_projeto_de_lei_065_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2029/projeto_projeto_de_lei_065_2017.pdf</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2030/projeto_projeto_de_lei_066_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2030/projeto_projeto_de_lei_066_2017.pdf</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2031/projeto_projeto_de_lei_067_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2031/projeto_projeto_de_lei_067_2017.pdf</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2033/projeto_projeto_de_lei_068_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2033/projeto_projeto_de_lei_068_2017.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PUBLICA A ASSOCIAÇÃO DOS AGRICULTORES DA LINHA 74, SUL - CAMPO NOVO".</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2034/projeto_projeto_de_lei_069_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2034/projeto_projeto_de_lei_069_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDIT0 ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7°, 41 e 42, da Lei 4.320/64 e art. 7° da Lei n° 3.725/PMC/2016, e Dá Outras Providências.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2035/projeto_projeto_de_lei_070_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2035/projeto_projeto_de_lei_070_2017.pdf</t>
   </si>
   <si>
     <t>"Modifica a Lei Municipal n° 1.717/2016 que "Estima a receita e fixa a despesa do Munícipio de São Miguel do Guaporé para o Exercícios Financeiro de 2017"</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2036/projeto_projeto_de_lei_071_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2036/projeto_projeto_de_lei_071_2017.pdf</t>
   </si>
   <si>
     <t>"Modifica a Lei Municipal n° 1.717/2016 que "Estima a receita e fixa a despesa do Munícipio de São Miguel do Guaporé para o Exercícios Financeiro de 2017".</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2037/projeto_projeto_de_lei_073_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2037/projeto_projeto_de_lei_073_2017.pdf</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2038/projeto_projeto_de_lei_074_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2038/projeto_projeto_de_lei_074_2017.pdf</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/</t>
   </si>
   <si>
     <t>"Dispõe sobre CRÉDITO ESPECIAL ao Orçamento vigente conforme art. 7°, 41 e 42, da Lei 4.320/64 e art. 7° da Lei n° 3.725/PMC/2016, e Dá Outras Providências.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2040/projeto_projeto_de_lei_076_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2040/projeto_projeto_de_lei_076_2017.pdf</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2041/projeto_projeto_de_lei_077_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2041/projeto_projeto_de_lei_077_2017.pdf</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2042/projeto_projeto_de_lei_078_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2042/projeto_projeto_de_lei_078_2017.pdf</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2043/projeto_projeto_de_lei_079_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2043/projeto_projeto_de_lei_079_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza O Poder Executivo a reconhecer a existência de divida de Divida junta a Advocacia Geral da União, realizar parcelamento, bem como, aderir Programa de Regularização de Débitos nos termos da Medida Provisória n. 780/2017.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2045/projeto_projeto_de_lei_081_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2045/projeto_projeto_de_lei_081_2017.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a contratar operação de crédito com o BANCO DO BRASIL S.A., e dá outras providências"</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2046/projeto_projeto_de_lei_083_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2046/projeto_projeto_de_lei_083_2017.pdf</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2047/projeto_projeto_de_lei_084_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2047/projeto_projeto_de_lei_084_2017.pdf</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2048/projeto_projeto_de_lei_085_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2048/projeto_projeto_de_lei_085_2017.pdf</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>“Reconhece situação de excepcionalidade e de interesse público para prorrogação de contrato por tempo determinado"</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2050/projeto_projeto_de_lei_087_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2050/projeto_projeto_de_lei_087_2017.pdf</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2051/projeto_projeto_de_lei_088_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2051/projeto_projeto_de_lei_088_2017.pdf</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2052/projeto_projeto_de_lei_089_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2052/projeto_projeto_de_lei_089_2017.pdf</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2053/projeto_projeto_de_lei_090_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2053/projeto_projeto_de_lei_090_2017.pdf</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2054/projeto_projeto_de_lei_091_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2054/projeto_projeto_de_lei_091_2017.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER LEGISLATIVO A DOAR VEÍCULO EM FAVOR DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ" .</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2055/projeto_projeto_de_lei_092_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2055/projeto_projeto_de_lei_092_2017.pdf</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2056/projeto_projeto_de_lei_093_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2056/projeto_projeto_de_lei_093_2017.pdf</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2057/projeto_projeto_de_lei_094_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2057/projeto_projeto_de_lei_094_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7°, 41 e 42, da Lei 4.320/64 e art. 7° da Lei n° 3.725/PMC/2016.e_x000D_
 Dá Outras Providências.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO EXTRAORDINÁRIO ao Orçamento vigente conforme art. 7°, 4l e 42, da Lei 4.320/64 e art. 7° da Lei n° 3.725/PMC/2016, e Dá Outras Providências.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2059/projeto_projeto_de_lei_096_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2059/projeto_projeto_de_lei_096_2017.pdf</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2060/projeto_projeto_de_lei_097_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2060/projeto_projeto_de_lei_097_2017.pdf</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2061/projeto_projeto_de_lei_098_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2061/projeto_projeto_de_lei_098_2017.pdf</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2062/projeto_projeto_de_lei_099_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2062/projeto_projeto_de_lei_099_2017.pdf</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2063/projeto_projeto_de_lei_100_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2063/projeto_projeto_de_lei_100_2017.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E DESPESA DO MUNICIPIO DE SÃO MIGUEL DO GUAPORÉ PARA O EXERCICIO FINANCEIRO DE 2018,"</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2064/projeto_projeto_de_lei_101_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2064/projeto_projeto_de_lei_101_2017.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCE DISPOSITIVOS Á LEI 1.389/2014, QUE TRATA DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ-RO.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2065/projeto_projeto_de_lei_102_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2065/projeto_projeto_de_lei_102_2017.pdf</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2066/projeto_projeto_de_lei_103_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2066/projeto_projeto_de_lei_103_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7°. 41 e 42, da Lei 4.320/64 e art. 7° da Lei n° 3.725/PMC/2016.e_x000D_
 Dá Outras Providências.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2067/projeto_projeto_de_lei_104_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2067/projeto_projeto_de_lei_104_2017.pdf</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2068/projeto_projeto_de_lei_105_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2068/projeto_projeto_de_lei_105_2017.pdf</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2069/projeto_projeto_de_lei_106_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2069/projeto_projeto_de_lei_106_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre CRÉDITO ADICIONAL SUPLEMENTAR ao Orçamento vigente conforme art. 7°, 4l e 42, da Lei 4.320/64 e art. 7° da Lei n° 3.725/PMC/20l6,e_x000D_
 Dá Outras Providências.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2070/projeto_projeto_de_lei_107_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2070/projeto_projeto_de_lei_107_2017.pdf</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>"Prorroga os prazos estabelecidos ao donatário no art. 29 da Lei Municipal nº 1.701/2016."</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2072/projeto_projeto_de_lei_109_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2072/projeto_projeto_de_lei_109_2017.pdf</t>
   </si>
   <si>
     <t>“Modifica a Lei n.° 471/2003 QUE "Dispõe sobre a Estrutura Organizacional e O Plano de Cargos Carreira e Salários da Câmara Municipal de São_x000D_
 Miguel do Guaporé e dá Outras Providências”.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2073/projeto_projeto_de_lei_110_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2073/projeto_projeto_de_lei_110_2017.pdf</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2074/projeto_projeto_de_lei_111_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2074/projeto_projeto_de_lei_111_2017.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a efetuar à desafetação e à doação de imóvel urbano de propriedade do Município de São Miguel do Guaporé_x000D_
 ao Estado de Rondônia, com destinação especifica para o uso permanente do Corpo de Bombeiro Militar do Estado de Rondônia e Da_x000D_
 Outras Providências".</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2075/projeto_projeto_de_lei_113_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2075/projeto_projeto_de_lei_113_2017.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a efetuar à desafetação e à doação de imóvel urbano de propriedade do Município de São Miguel do Guaporé_x000D_
 ao estado de Rondônia, com destinação especifica para o uso permanente da Associação São Francisco de Assis e Da Outras Providências".</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2076/projeto_projeto_de_lei_114_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2076/projeto_projeto_de_lei_114_2017.pdf</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2077/projeto_projeto_de_lei_115_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2077/projeto_projeto_de_lei_115_2017.pdf</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2078/projeto_projeto_de_lei_116_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2078/projeto_projeto_de_lei_116_2017.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a efetuar à desafetação e à doação de imóvel Urbano de propriedade do município de São Miguel do Guaporé,_x000D_
 com destinação especifica para o uso permanente da Igreja Pentecostal Renovação em Cristo".</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2079/projeto_projeto_de_lei_117_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2079/projeto_projeto_de_lei_117_2017.pdf</t>
   </si>
   <si>
     <t>"Autoriza O Executivo Municipal a efetuar à desafetação e à doação de imóvel Urbano de propriedade do município de São Miguel do Guaporé,_x000D_
 com destinação especifica para o uso permanente da Igreja Evangélica Quadrangular".</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2080/projeto_projeto_de_lei_118_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2080/projeto_projeto_de_lei_118_2017.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a efetuar à desafetação e à doação de imóvel Rural de propriedade do município de São Miguel do Guaporé,_x000D_
 com destinação especifica para o uso permanente da Cooperativa Coopafável".</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2081/projeto_projeto_de_lei_119_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2081/projeto_projeto_de_lei_119_2017.pdf</t>
   </si>
   <si>
     <t>"Autoriza O Executivo Municipal a efetuar à desafetação e à doação de imóvel Urbano de propriedade do município de São Miguel do Guaporé,_x000D_
 com destinação especifica para o uso permanente da Industria de Artefatos de Cimento".</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2082/projeto_projeto_de_lei_120_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2082/projeto_projeto_de_lei_120_2017.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a efetuar à desafetação e à doação de imóvel Urbano de propriedade do município de São Miguel do Guaporé,_x000D_
 com destinação especifica para o uso permanente da Igreja Evangélica Pentecostal Casa de Oração Ministério Jesus é o Caminho".</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2083/projeto_projeto_de_lei_121_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2083/projeto_projeto_de_lei_121_2017.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a efetuar à desafetação e à doação de imóvel Urbano de propriedade do município de São Miguel do Guaporé,_x000D_
 com destinação especifica para o uso permanente da Igreja Missionária Pentecostal".</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2084/projeto_projeto_de_lei_122_2017.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2084/projeto_projeto_de_lei_122_2017.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a efetuar à desafetação e à doação de imóvel Urbano de propriedade do município de São Miguel do Guaporé,_x000D_
 com destinação especifica para o uso permanente da Igreja Santuário da Bença".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1619,67 +1619,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1970/projeto_projeto_de_lei_001_2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1971/projeto_projeto_de_lei_002_2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1972/projeto_projeto_de_lei_003_2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1973/projeto_projeto_de_lei_004_2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1974/projeto_projeto_de_lei_005_2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1975/projeto_projeto_de_lei_006_2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1976/projeto_projeto_de_lei_007_2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1977/projeto_projeto_de_lei_008_2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1978/projeto_projeto_de_lei_009_2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1979/projeto_projeto_de_lei_010_2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1980/projeto_projeto_de_lei_011_2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1981/projeto_projeto_de_lei_012_2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1982/projeto_projeto_de_lei_013_2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1983/projeto_projeto_de_lei_015_2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1984/projeto_projeto_de_lei_016_2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1985/projeto_projeto_de_lei_017_2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1986/projeto_projeto_de_lei_018_2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1987/projeto_projeto_de_lei_020_2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1988/projeto_projeto_de_lei_021_2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1989/projeto_projeto_de_lei_022_2017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1990/projeto_projeto_de_lei_023_2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1991/projeto_projeto_de_lei_024_2017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1992/projeto_projeto_de_lei_025_2017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1993/projeto_projeto_de_lei_026_2017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1994/projeto_projeto_de_lei_027_2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1995/projeto_projeto_de_lei_028_2017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1996/projeto_projeto_de_lei_030_2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1997/projeto_projeto_de_lei_031_2017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1998/projeto_projeto_de_lei_032_2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1999/projeto_projeto_de_lei_033_2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2000/projeto_projeto_de_lei_034_2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2001/projeto_projeto_de_lei_035_2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2002/projeto_projeto_de_lei_036_2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2003/projeto_projeto_de_lei_037_2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2004/projeto_projeto_de_lei_038_2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2005/projeto_projeto_de_lei_039_2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2006/projeto_projeto_de_lei_040_2017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2007/projeto_projeto_de_lei_041_2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2008/projeto_projeto_de_lei_042_2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2009/projeto_projeto_de_lei_043_2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2010/projeto_projeto_de_lei_044_2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2011/projeto_projeto_de_lei_045_2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2012/projeto_projeto_de_lei_046_2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2013/projeto_projeto_de_lei_047_2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2014/projeto_projeto_de_lei_049_2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2015/projeto_projeto_de_lei_050_2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2016/projeto_projeto_de_lei_051_2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2017/projeto_projeto_de_lei_053_2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2018/projeto_projeto_de_lei_054_2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2019/projeto_projeto_de_lei_055_2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2020/projeto_projeto_de_lei_056_2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2021/projeto_projeto_de_lei_058_2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2022/projeto_projeto_de_lei_059_2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2023/projeto_projeto_de_lei_061_2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2024/projeto_projeto_de_lei_062_2017_1.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2027/projeto_projeto_de_lei_063_2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2028/projeto_projeto_de_lei_064_2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2029/projeto_projeto_de_lei_065_2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2030/projeto_projeto_de_lei_066_2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2031/projeto_projeto_de_lei_067_2017.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2033/projeto_projeto_de_lei_068_2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2034/projeto_projeto_de_lei_069_2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2035/projeto_projeto_de_lei_070_2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2036/projeto_projeto_de_lei_071_2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2037/projeto_projeto_de_lei_073_2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2038/projeto_projeto_de_lei_074_2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2040/projeto_projeto_de_lei_076_2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2041/projeto_projeto_de_lei_077_2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2042/projeto_projeto_de_lei_078_2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2043/projeto_projeto_de_lei_079_2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2045/projeto_projeto_de_lei_081_2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2046/projeto_projeto_de_lei_083_2017.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2047/projeto_projeto_de_lei_084_2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2048/projeto_projeto_de_lei_085_2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2050/projeto_projeto_de_lei_087_2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2051/projeto_projeto_de_lei_088_2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2052/projeto_projeto_de_lei_089_2017.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2053/projeto_projeto_de_lei_090_2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2054/projeto_projeto_de_lei_091_2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2055/projeto_projeto_de_lei_092_2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2056/projeto_projeto_de_lei_093_2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2057/projeto_projeto_de_lei_094_2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2059/projeto_projeto_de_lei_096_2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2060/projeto_projeto_de_lei_097_2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2061/projeto_projeto_de_lei_098_2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2062/projeto_projeto_de_lei_099_2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2063/projeto_projeto_de_lei_100_2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2064/projeto_projeto_de_lei_101_2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2065/projeto_projeto_de_lei_102_2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2066/projeto_projeto_de_lei_103_2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2067/projeto_projeto_de_lei_104_2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2068/projeto_projeto_de_lei_105_2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2069/projeto_projeto_de_lei_106_2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2070/projeto_projeto_de_lei_107_2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2072/projeto_projeto_de_lei_109_2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2073/projeto_projeto_de_lei_110_2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2074/projeto_projeto_de_lei_111_2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2075/projeto_projeto_de_lei_113_2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2076/projeto_projeto_de_lei_114_2017.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2077/projeto_projeto_de_lei_115_2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2078/projeto_projeto_de_lei_116_2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2079/projeto_projeto_de_lei_117_2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2080/projeto_projeto_de_lei_118_2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2081/projeto_projeto_de_lei_119_2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2082/projeto_projeto_de_lei_120_2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2083/projeto_projeto_de_lei_121_2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2084/projeto_projeto_de_lei_122_2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1970/projeto_projeto_de_lei_001_2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1971/projeto_projeto_de_lei_002_2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1972/projeto_projeto_de_lei_003_2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1973/projeto_projeto_de_lei_004_2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1974/projeto_projeto_de_lei_005_2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1975/projeto_projeto_de_lei_006_2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1976/projeto_projeto_de_lei_007_2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1977/projeto_projeto_de_lei_008_2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1978/projeto_projeto_de_lei_009_2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1979/projeto_projeto_de_lei_010_2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1980/projeto_projeto_de_lei_011_2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1981/projeto_projeto_de_lei_012_2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1982/projeto_projeto_de_lei_013_2017.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1983/projeto_projeto_de_lei_015_2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1984/projeto_projeto_de_lei_016_2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1985/projeto_projeto_de_lei_017_2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1986/projeto_projeto_de_lei_018_2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1987/projeto_projeto_de_lei_020_2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1988/projeto_projeto_de_lei_021_2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1989/projeto_projeto_de_lei_022_2017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1990/projeto_projeto_de_lei_023_2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1991/projeto_projeto_de_lei_024_2017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1992/projeto_projeto_de_lei_025_2017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1993/projeto_projeto_de_lei_026_2017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1994/projeto_projeto_de_lei_027_2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1995/projeto_projeto_de_lei_028_2017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1996/projeto_projeto_de_lei_030_2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1997/projeto_projeto_de_lei_031_2017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1998/projeto_projeto_de_lei_032_2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/1999/projeto_projeto_de_lei_033_2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2000/projeto_projeto_de_lei_034_2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2001/projeto_projeto_de_lei_035_2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2002/projeto_projeto_de_lei_036_2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2003/projeto_projeto_de_lei_037_2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2004/projeto_projeto_de_lei_038_2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2005/projeto_projeto_de_lei_039_2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2006/projeto_projeto_de_lei_040_2017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2007/projeto_projeto_de_lei_041_2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2008/projeto_projeto_de_lei_042_2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2009/projeto_projeto_de_lei_043_2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2010/projeto_projeto_de_lei_044_2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2011/projeto_projeto_de_lei_045_2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2012/projeto_projeto_de_lei_046_2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2013/projeto_projeto_de_lei_047_2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2014/projeto_projeto_de_lei_049_2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2015/projeto_projeto_de_lei_050_2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2016/projeto_projeto_de_lei_051_2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2017/projeto_projeto_de_lei_053_2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2018/projeto_projeto_de_lei_054_2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2019/projeto_projeto_de_lei_055_2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2020/projeto_projeto_de_lei_056_2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2021/projeto_projeto_de_lei_058_2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2022/projeto_projeto_de_lei_059_2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2023/projeto_projeto_de_lei_061_2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2024/projeto_projeto_de_lei_062_2017_1.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2027/projeto_projeto_de_lei_063_2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2028/projeto_projeto_de_lei_064_2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2029/projeto_projeto_de_lei_065_2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2030/projeto_projeto_de_lei_066_2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2031/projeto_projeto_de_lei_067_2017.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2033/projeto_projeto_de_lei_068_2017.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2034/projeto_projeto_de_lei_069_2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2035/projeto_projeto_de_lei_070_2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2036/projeto_projeto_de_lei_071_2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2037/projeto_projeto_de_lei_073_2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2038/projeto_projeto_de_lei_074_2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2040/projeto_projeto_de_lei_076_2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2041/projeto_projeto_de_lei_077_2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2042/projeto_projeto_de_lei_078_2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2043/projeto_projeto_de_lei_079_2017.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2045/projeto_projeto_de_lei_081_2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2046/projeto_projeto_de_lei_083_2017.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2047/projeto_projeto_de_lei_084_2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2048/projeto_projeto_de_lei_085_2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2050/projeto_projeto_de_lei_087_2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2051/projeto_projeto_de_lei_088_2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2052/projeto_projeto_de_lei_089_2017.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2053/projeto_projeto_de_lei_090_2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2054/projeto_projeto_de_lei_091_2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2055/projeto_projeto_de_lei_092_2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2056/projeto_projeto_de_lei_093_2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2057/projeto_projeto_de_lei_094_2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2059/projeto_projeto_de_lei_096_2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2060/projeto_projeto_de_lei_097_2017.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2061/projeto_projeto_de_lei_098_2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2062/projeto_projeto_de_lei_099_2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2063/projeto_projeto_de_lei_100_2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2064/projeto_projeto_de_lei_101_2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2065/projeto_projeto_de_lei_102_2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2066/projeto_projeto_de_lei_103_2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2067/projeto_projeto_de_lei_104_2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2068/projeto_projeto_de_lei_105_2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2069/projeto_projeto_de_lei_106_2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2070/projeto_projeto_de_lei_107_2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2072/projeto_projeto_de_lei_109_2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2073/projeto_projeto_de_lei_110_2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2074/projeto_projeto_de_lei_111_2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2075/projeto_projeto_de_lei_113_2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2076/projeto_projeto_de_lei_114_2017.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2077/projeto_projeto_de_lei_115_2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2078/projeto_projeto_de_lei_116_2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2079/projeto_projeto_de_lei_117_2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2080/projeto_projeto_de_lei_118_2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2081/projeto_projeto_de_lei_119_2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2082/projeto_projeto_de_lei_120_2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2083/projeto_projeto_de_lei_121_2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2017/2084/projeto_projeto_de_lei_122_2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H113"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="205.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>