--- v0 (2025-10-15)
+++ v1 (2026-03-11)
@@ -51,747 +51,747 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2239/projeto_projeto_de_lei_001_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2239/projeto_projeto_de_lei_001_2014.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2240/projeto_projeto_de_lei_002_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2240/projeto_projeto_de_lei_002_2014.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2241/projeto_projeto_de_lei_003_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2241/projeto_projeto_de_lei_003_2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a celebração de convênio com a Fundação Escola Lince Kemplim Ltda-ME (FELK), para admissão de estágios acadêmicos_x000D_
 supervisionados de atividades práticas na área de saúde pública, e dá outras providências.</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2242/projeto_projeto_de_lei_004_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2242/projeto_projeto_de_lei_004_2014.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VICENTE E DÁ OUTRAS PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2243/projeto_projeto_de_lei_005_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2243/projeto_projeto_de_lei_005_2014.pdf</t>
   </si>
   <si>
     <t>Dá nova redação à Lei Municipal n° 325/2000, que dispõe sobre a Política Municipal de Atendimento dos Direitos da Criança e do Adolescente e dá outras providências.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2244/projeto_projeto_de_lei_006_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2244/projeto_projeto_de_lei_006_2014.pdf</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2245/projeto_projeto_de_lei_007_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2245/projeto_projeto_de_lei_007_2014.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2246/projeto_projeto_de_lei_008_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2246/projeto_projeto_de_lei_008_2014.pdf</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2247/projeto_projeto_de_lei_010_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2247/projeto_projeto_de_lei_010_2014.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VICENTE E DÁ OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2248/projeto_projeto_de_lei_011_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2248/projeto_projeto_de_lei_011_2014.pdf</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2249/projeto_projeto_de_lei_012_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2249/projeto_projeto_de_lei_012_2014.pdf</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2250/projeto_projeto_de_lei_013_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2250/projeto_projeto_de_lei_013_2014.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS”,</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2251/projeto_projeto_de_lei_014_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2251/projeto_projeto_de_lei_014_2014.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2252/projeto_projeto_de_lei_015_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2252/projeto_projeto_de_lei_015_2014.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2253/projeto_projeto_de_lei_016_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2253/projeto_projeto_de_lei_016_2014.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VICENTE E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2254/projeto_projeto_de_lei_017_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2254/projeto_projeto_de_lei_017_2014.pdf</t>
   </si>
   <si>
     <t>"institui o Plano de Carreira, Cargos e Salários para os servidores públicos da Secretaria Municipal de Saúde de São Miguel do Guaporé-RO e_x000D_
 dá outras Providências."</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2255/projeto_projeto_de_lei_018_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2255/projeto_projeto_de_lei_018_2014.pdf</t>
   </si>
   <si>
     <t>"MODIFICA A LEI MUNICIPAL N. 202/1997 QUE DISPÕE SOBRE ESTRUTURA ADMINISTRATIVA DE SÃO MIGUEL DO_x000D_
 GUAPORÉ, CRIANDOS CARGOS EFETIVOS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2256/projeto_projeto_de_lei_019_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2256/projeto_projeto_de_lei_019_2014.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ A REALIZAR CONCURSO PUBLICO PARA PREENCHIMENTO DO QUADRO_x000D_
 EFETIVO, E DA OUTRAS PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2257/projeto_projeto_de_lei_020_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2257/projeto_projeto_de_lei_020_2014.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS”,</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2258/projeto_projeto_de_lei_021_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2258/projeto_projeto_de_lei_021_2014.pdf</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2259/projeto_projeto_de_lei_022_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2259/projeto_projeto_de_lei_022_2014.pdf</t>
   </si>
   <si>
     <t>Autoriza O Executivo a efetuar cessão de direitos reais sobre os lotes urbanos 90 e 135 da quadra 042 setor 004 a favor da Igreja Evangélica Assembleia de Deus Peniel e dá outras providências.</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2260/projeto_projeto_de_lei_024_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2260/projeto_projeto_de_lei_024_2014.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AMPLIAÇÃO DE NOVAS VAGAS PARA CONTRATAÇÃO EMERGENCIAL DE PROFESSORES, AUTORIZADA PELA LEI 1249/2013 E HOMOLOGADO PEL0 EDITAL Nº 002/2013 VINCULADOS A SECRETARIA DE MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2261/projeto_projeto_de_lei_025_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2261/projeto_projeto_de_lei_025_2014.pdf</t>
   </si>
   <si>
     <t>"Modifica a Lei 1.278/2013 que regulamenta a concessão de diária no âmbito da administração municipal e dá outras providências."</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2262/projeto_projeto_de_lei_026_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2262/projeto_projeto_de_lei_026_2014.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS ACADEMICOS DE SÃO MIGUEL DO GUAPORÉ/RO E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS" .</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2263/projeto_projeto_de_lei_027_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2263/projeto_projeto_de_lei_027_2014.pdf</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2264/projeto_projeto_de_lei_028_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2264/projeto_projeto_de_lei_028_2014.pdf</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2265/projeto_projeto_de_lei_029_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2265/projeto_projeto_de_lei_029_2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adoção da Politica de Medicina Natural e Práticas Complementares - MNPC em São Miguel do Guaporé, e dá outras providências.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2266/projeto_projeto_de_lei_030_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2266/projeto_projeto_de_lei_030_2014.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REVOCAÇÃO DA LEI MUNICIPAL DE NÚMER0 1.229/2013 E BEM COMO A REALIZAÇÃO DE CAMPEONATOS, TORNEIOS E OUTRAS_x000D_
 ATIVIDADES DESPORTIVAS E CULTURAIS, AUTORIZA A CONCESSÅO DE PREMIAÇÃO EM DINHEIRO E DÁ OUTRAS PROVIDÈNCIAS”.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/</t>
   </si>
   <si>
     <t>"Autoriza o executivo municipal a efetuar cessão de direito de uso de imóvel para efeitos de regularização imobiliária e dá outras providencias".</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2268/projeto_projeto_de_lei_032_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2268/projeto_projeto_de_lei_032_2014.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE O ROTARY CLUBE  DE SÃO MIGUEL DO GUAPORÉ/RO”.</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2269/projeto_projeto_de_lei_033_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2269/projeto_projeto_de_lei_033_2014.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÈNCIAS".</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2270/projeto_projeto_de_lei_034_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2270/projeto_projeto_de_lei_034_2014.pdf</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2271/projeto_projeto_de_lei_035_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2271/projeto_projeto_de_lei_035_2014.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a efetuar doação de imóvel com encargo e dá outras providências".</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2272/projeto_projeto_de_lei_036_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2272/projeto_projeto_de_lei_036_2014.pdf</t>
   </si>
   <si>
     <t>Autoriza O Executivo Municipal a abrir teste seletivo para contratação temporária de excepcional interesse público para cargo de médico clinico geral E_x000D_
 Ortopedista, mediante seleção simplificada e dá outras providências.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2273/projeto_projeto_de_lei_037_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2273/projeto_projeto_de_lei_037_2014.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REVOGAÇÃO DA LEI DE N° 1.295/2013 BEM COMO A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO_x000D_
 ORÇAMENTO VIGENTE E DA OUTRAS PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2274/projeto_projeto_de_lei_039_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2274/projeto_projeto_de_lei_039_2014.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a rever as cessões de direitos reais de usufruto sobre imóveis urbanos pertencentes ao Município, a favor de_x000D_
 Rotary Clube de São Miguel do Guaporé, e dá outras providências.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2275/projeto_projeto_de_lei_041_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2275/projeto_projeto_de_lei_041_2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de anistia de multas, juros e correções incidentes sobre tributos municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2276/projeto_projeto_de_lei_042_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2276/projeto_projeto_de_lei_042_2014.pdf</t>
   </si>
   <si>
     <t>"REVOGA A LEI N° 1.073/2010, MODIFICA ART. 22 LEI MUNICIPAL 995/2010 E DA OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2277/projeto_projeto_de_lei_043_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2277/projeto_projeto_de_lei_043_2014.pdf</t>
   </si>
   <si>
     <t>"Modifica a Lei 1.014 de 02 de Junho de 2010, que "institui normas municipais para construção e ampliação de postos de c0mbuStíveis” e dá outras Providências”.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2278/projeto_projeto_de_lei_044_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2278/projeto_projeto_de_lei_044_2014.pdf</t>
   </si>
   <si>
     <t>Dá nome às vias públicas situadas no loteamento Cidade Jardim, e dá outras providências.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2279/projeto_projeto_de_lei_045_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2279/projeto_projeto_de_lei_045_2014.pdf</t>
   </si>
   <si>
     <t>Transforma a Unidade Mista de Saúde Massao Okamoto em Hospital Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2280/projeto_projeto_de_lei_046_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2280/projeto_projeto_de_lei_046_2014.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DA OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2281/projeto_projeto_de_lei_047_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2281/projeto_projeto_de_lei_047_2014.pdf</t>
   </si>
   <si>
     <t>"MODIFICA A LEI MUNICIPAL N.° 995/2010, QUE INSTITUI A LEI GERAL DA PREVIDÊNCIA MUNICIPAL - LGPM E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2282/projeto_projeto_de_lei_048_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2282/projeto_projeto_de_lei_048_2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2283/projeto_projeto_de_lei_049_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2283/projeto_projeto_de_lei_049_2014.pdf</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2284/projeto_projeto_de_lei_050_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2284/projeto_projeto_de_lei_050_2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de vagas a serem providas preferencialmente pelo Concurso Público 001/2011, e dá outras providências.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2285/projeto_projeto_de_lei_051_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2285/projeto_projeto_de_lei_051_2014.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao artigo 4° da Lei Municipal n° 1.244/2013 de 24 de Julho de 2013, e dá outras providências.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2286/projeto_projeto_de_lei_052_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2286/projeto_projeto_de_lei_052_2014.pdf</t>
   </si>
   <si>
     <t>··DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2287/projeto_projeto_de_lei_053_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2287/projeto_projeto_de_lei_053_2014.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2288/projeto_projeto_de_lei_054_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2288/projeto_projeto_de_lei_054_2014.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNClAS".</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2289/projeto_projeto_de_lei_055_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2289/projeto_projeto_de_lei_055_2014.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DA OUTRAS PROVIDENCIAS“.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2290/projeto_projeto_de_lei_056_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2290/projeto_projeto_de_lei_056_2014.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE OBRIGATORIEDADE DE PRESTAÇÃO DE CONTAS PELAS ASSOCIAÇOES FILANTRÓPICAS, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2291/projeto_projeto_de_lei_058_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2291/projeto_projeto_de_lei_058_2014.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei Municipal n° 995 de 05 de abril de 2010, dispondo sobre a aposentadoria especial dos servidores deficientes físicos, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2292/projeto_projeto_de_lei_060_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2292/projeto_projeto_de_lei_060_2014.pdf</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2293/projeto_projeto_de_lei_061_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2293/projeto_projeto_de_lei_061_2014.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a efetuar doação de imóvel a MITRA DIOCESANA SEDE DE GUAJARÁ MIRIM PARÓQUIA_x000D_
 SÃO MIGUEL ARCANJO, com encargo e dá outras providencias".</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2294/projeto_projeto_de_lei_062_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2294/projeto_projeto_de_lei_062_2014.pdf</t>
   </si>
   <si>
     <t>**DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2295/projeto_projeto_de_lei_063_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2295/projeto_projeto_de_lei_063_2014.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder executivo Municipal a ceder direitos reais de usufruto sobre imóvel urbano a favor Igreja_x000D_
 Evangélica Assembleia de Deus Belém, de Cujubim, e dá outras providencias"</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2296/projeto_projeto_de_lei_064_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2296/projeto_projeto_de_lei_064_2014.pdf</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2297/projeto_projeto_de_lei_069_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2297/projeto_projeto_de_lei_069_2014.pdf</t>
   </si>
   <si>
     <t>Modifica o local e horário de realização da Feira Livre do Bairro Planalto e dá outras Providências.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2298/projeto_projeto_de_lei_070_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2298/projeto_projeto_de_lei_070_2014.pdf</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2299/projeto_projeto_de_lei_073_2014.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2299/projeto_projeto_de_lei_073_2014.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1095,67 +1095,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2239/projeto_projeto_de_lei_001_2014.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2240/projeto_projeto_de_lei_002_2014.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2241/projeto_projeto_de_lei_003_2014.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2242/projeto_projeto_de_lei_004_2014.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2243/projeto_projeto_de_lei_005_2014.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2244/projeto_projeto_de_lei_006_2014.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2245/projeto_projeto_de_lei_007_2014.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2246/projeto_projeto_de_lei_008_2014.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2247/projeto_projeto_de_lei_010_2014.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2248/projeto_projeto_de_lei_011_2014.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2249/projeto_projeto_de_lei_012_2014.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2250/projeto_projeto_de_lei_013_2014.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2251/projeto_projeto_de_lei_014_2014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2252/projeto_projeto_de_lei_015_2014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2253/projeto_projeto_de_lei_016_2014.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2254/projeto_projeto_de_lei_017_2014.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2255/projeto_projeto_de_lei_018_2014.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2256/projeto_projeto_de_lei_019_2014.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2257/projeto_projeto_de_lei_020_2014.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2258/projeto_projeto_de_lei_021_2014.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2259/projeto_projeto_de_lei_022_2014.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2260/projeto_projeto_de_lei_024_2014.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2261/projeto_projeto_de_lei_025_2014.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2262/projeto_projeto_de_lei_026_2014.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2263/projeto_projeto_de_lei_027_2014.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2264/projeto_projeto_de_lei_028_2014.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2265/projeto_projeto_de_lei_029_2014.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2266/projeto_projeto_de_lei_030_2014.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2268/projeto_projeto_de_lei_032_2014.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2269/projeto_projeto_de_lei_033_2014.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2270/projeto_projeto_de_lei_034_2014.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2271/projeto_projeto_de_lei_035_2014.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2272/projeto_projeto_de_lei_036_2014.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2273/projeto_projeto_de_lei_037_2014.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2274/projeto_projeto_de_lei_039_2014.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2275/projeto_projeto_de_lei_041_2014.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2276/projeto_projeto_de_lei_042_2014.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2277/projeto_projeto_de_lei_043_2014.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2278/projeto_projeto_de_lei_044_2014.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2279/projeto_projeto_de_lei_045_2014.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2280/projeto_projeto_de_lei_046_2014.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2281/projeto_projeto_de_lei_047_2014.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2282/projeto_projeto_de_lei_048_2014.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2283/projeto_projeto_de_lei_049_2014.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2284/projeto_projeto_de_lei_050_2014.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2285/projeto_projeto_de_lei_051_2014.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2286/projeto_projeto_de_lei_052_2014.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2287/projeto_projeto_de_lei_053_2014.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2288/projeto_projeto_de_lei_054_2014.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2289/projeto_projeto_de_lei_055_2014.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2290/projeto_projeto_de_lei_056_2014.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2291/projeto_projeto_de_lei_058_2014.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2292/projeto_projeto_de_lei_060_2014.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2293/projeto_projeto_de_lei_061_2014.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2294/projeto_projeto_de_lei_062_2014.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2295/projeto_projeto_de_lei_063_2014.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2296/projeto_projeto_de_lei_064_2014.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2297/projeto_projeto_de_lei_069_2014.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2298/projeto_projeto_de_lei_070_2014.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2299/projeto_projeto_de_lei_073_2014.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2239/projeto_projeto_de_lei_001_2014.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2240/projeto_projeto_de_lei_002_2014.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2241/projeto_projeto_de_lei_003_2014.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2242/projeto_projeto_de_lei_004_2014.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2243/projeto_projeto_de_lei_005_2014.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2244/projeto_projeto_de_lei_006_2014.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2245/projeto_projeto_de_lei_007_2014.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2246/projeto_projeto_de_lei_008_2014.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2247/projeto_projeto_de_lei_010_2014.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2248/projeto_projeto_de_lei_011_2014.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2249/projeto_projeto_de_lei_012_2014.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2250/projeto_projeto_de_lei_013_2014.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2251/projeto_projeto_de_lei_014_2014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2252/projeto_projeto_de_lei_015_2014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2253/projeto_projeto_de_lei_016_2014.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2254/projeto_projeto_de_lei_017_2014.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2255/projeto_projeto_de_lei_018_2014.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2256/projeto_projeto_de_lei_019_2014.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2257/projeto_projeto_de_lei_020_2014.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2258/projeto_projeto_de_lei_021_2014.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2259/projeto_projeto_de_lei_022_2014.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2260/projeto_projeto_de_lei_024_2014.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2261/projeto_projeto_de_lei_025_2014.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2262/projeto_projeto_de_lei_026_2014.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2263/projeto_projeto_de_lei_027_2014.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2264/projeto_projeto_de_lei_028_2014.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2265/projeto_projeto_de_lei_029_2014.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2266/projeto_projeto_de_lei_030_2014.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2268/projeto_projeto_de_lei_032_2014.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2269/projeto_projeto_de_lei_033_2014.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2270/projeto_projeto_de_lei_034_2014.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2271/projeto_projeto_de_lei_035_2014.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2272/projeto_projeto_de_lei_036_2014.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2273/projeto_projeto_de_lei_037_2014.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2274/projeto_projeto_de_lei_039_2014.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2275/projeto_projeto_de_lei_041_2014.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2276/projeto_projeto_de_lei_042_2014.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2277/projeto_projeto_de_lei_043_2014.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2278/projeto_projeto_de_lei_044_2014.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2279/projeto_projeto_de_lei_045_2014.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2280/projeto_projeto_de_lei_046_2014.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2281/projeto_projeto_de_lei_047_2014.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2282/projeto_projeto_de_lei_048_2014.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2283/projeto_projeto_de_lei_049_2014.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2284/projeto_projeto_de_lei_050_2014.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2285/projeto_projeto_de_lei_051_2014.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2286/projeto_projeto_de_lei_052_2014.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2287/projeto_projeto_de_lei_053_2014.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2288/projeto_projeto_de_lei_054_2014.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2289/projeto_projeto_de_lei_055_2014.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2290/projeto_projeto_de_lei_056_2014.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2291/projeto_projeto_de_lei_058_2014.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2292/projeto_projeto_de_lei_060_2014.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2293/projeto_projeto_de_lei_061_2014.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2294/projeto_projeto_de_lei_062_2014.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2295/projeto_projeto_de_lei_063_2014.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2296/projeto_projeto_de_lei_064_2014.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2297/projeto_projeto_de_lei_069_2014.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2298/projeto_projeto_de_lei_070_2014.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2014/2299/projeto_projeto_de_lei_073_2014.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="116.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>