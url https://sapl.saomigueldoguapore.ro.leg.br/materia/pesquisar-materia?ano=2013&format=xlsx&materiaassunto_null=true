--- v0 (2025-10-14)
+++ v1 (2026-03-10)
@@ -51,1337 +51,1337 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2126/projeto_projeto_de_lei_001_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2126/projeto_projeto_de_lei_001_2013.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A FARCELAR DÍVIDAS CONTRAÍDAS JUNTO A ELETROBRAS - DISTRIBUIÇÃO RONDÔNIA REFERENTE AO ANO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2127/projeto_projeto_de_lei_002_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2127/projeto_projeto_de_lei_002_2013.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a parcelar débito do Município junto a Previdência Social e dá outras providências."</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2128/projeto_projeto_de_lei_003_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2128/projeto_projeto_de_lei_003_2013.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a parcelar débito do Município junto ao Fundo de Previdência Social dos Servidores do Município de São Miguel do Guaporé e dá outras providências."</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2129/projeto_projeto_de_lei_004_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2129/projeto_projeto_de_lei_004_2013.pdf</t>
   </si>
   <si>
     <t>"Modifica a Lei n.° 471/2003 QUE "Dispõe sobre a Estrutura Organizacional e o Plano de Cargos Carreira e Salários da Câmara Municipal de São_x000D_
 Miguel do Guaporé e dá Outras Providências".</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2130/projeto_projeto_de_lei_005_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2130/projeto_projeto_de_lei_005_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Especial no Orçamento Vigente e da Outras Providências.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2131/projeto_projeto_de_lei_006_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2131/projeto_projeto_de_lei_006_2013.pdf</t>
   </si>
   <si>
     <t>INSTITUI E REGULAMENTA A IMPRENSA OFICIAL NO MUNICIPIO DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2132/projeto_projeto_de_lei_007_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2132/projeto_projeto_de_lei_007_2013.pdf</t>
   </si>
   <si>
     <t>"MODIFICA A LEI 995/2010 QUE INSTITUI A LEI GERAL DE PREVIDENCIA MUNICIPAL - LGPM E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2133/projeto_projeto_de_lei_010_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2133/projeto_projeto_de_lei_010_2013.pdf</t>
   </si>
   <si>
     <t>DENOMINA VEREADOR SEBASTIÃO ARLETE TONOLI DA VITÓRIA O CENTRO DE FORMAÇÃO DA CRIANÇA E DO_x000D_
 ADOLESCENTE DE SÄO MIGUEL DO GUAPORÉ E DA OUTRAS PROVIDENCIAS,</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2134/projeto_projeto_de_lei_011_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2134/projeto_projeto_de_lei_011_2013.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÄO ESPORTIVA SERRA DOURADA -  AESD, E DA_x000D_
 OUTRAS PROVIDÈNCIAS" .</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2135/projeto_projeto_de_lei_012_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2135/projeto_projeto_de_lei_012_2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONTRATAÇÃO DE PESSOAL PARA ATENDER NECESSIDADE TEMPORARIA E EXCEPCIONAL DE INTERESSE PUBLICO E_x000D_
 DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2136/projeto_projeto_de_lei_013_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2136/projeto_projeto_de_lei_013_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE ELEMENTO DE DESPESA NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2137/projeto_projeto_de_lei_14_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2137/projeto_projeto_de_lei_14_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2138/projeto_projeto_de_lei_015_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2138/projeto_projeto_de_lei_015_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESFECIAL NO ORÇAMENTO VIGENTE E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2139/projeto_projeto_de_lei_016_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2139/projeto_projeto_de_lei_016_2013.pdf</t>
   </si>
   <si>
     <t>Retificam disposições da Lei n° 1212 de 04 de fevereiro de 2013, e dá outras providências.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2140/projeto_projeto_de_lei_017_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2140/projeto_projeto_de_lei_017_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÄO DE ANISTIA DE MULTA,  JUROS E CORREÇÕES E DA OUTRAS PROVIDÈNCIAS".</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2141/projeto_projeto_de_lei_018_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2141/projeto_projeto_de_lei_018_2013.pdf</t>
   </si>
   <si>
     <t>Retifica a Lei n° 1.208 de 10 de " dezembro de 2012, e dá outras providências.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2142/projeto_projeto_de_lei_019_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2142/projeto_projeto_de_lei_019_2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA PORTEIRA ADENTRO VOLTAD0 PARA AGRICULTURA FAMILIAR E O FUNDO MUNICIPAL DE_x000D_
 AGRICULTURA (F.M.A.).</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2144/projeto_projeto_de_lei_020_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2144/projeto_projeto_de_lei_020_2013.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇAO DE PRODUTORES RURAIS DE FUTEBOL JOSÉ GERALDO DO MUNICIPIO DE SÃO_x000D_
 MIGUEL DO GUAPORE/RO".</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2145/projeto_projeto_de_lei_021_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2145/projeto_projeto_de_lei_021_2013.pdf</t>
   </si>
   <si>
     <t>"Modifica a Lei n.° 471/2003 QUE "Dispõe sobre a Estrutura Organizacional e o Plano de Cargos Carreira e Salários da Câmara_x000D_
 Municipal de São Miguel do Guaporé e dá Outras Providências".</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2146/projeto_projeto_de_lei_023_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2146/projeto_projeto_de_lei_023_2013.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PUBLICA A ORGANIZAÇÃO DOS IDOSOS DE SÃO MIGUEL DO GUAPORE/RO - JOVENS DA_x000D_
 TERCEIRA IDADE, VIVA A VIDA".</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2147/projeto_projeto_de_lei_024_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2147/projeto_projeto_de_lei_024_2013.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR O PROGRAMA MUNICIPAL DE DESENVOLVIMENTO DA CADEIA PRODUTIVA DA_x000D_
 AGRICULTURA FAMILIAR, BEM COMO UTILIZAR RECURSOS NA PRODUÇÃO DE AÇÕES DE APOIO E INCENTIVO À ATIVIDADE".</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2148/projeto_projeto_de_lei_025_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2148/projeto_projeto_de_lei_025_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a jornada dos servidores ocupantes do cargo de Assistente Social, e dá outras providências.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2149/projeto_projeto_de_lei_026_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2149/projeto_projeto_de_lei_026_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2150/projeto_projeto_de_lei_027_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2150/projeto_projeto_de_lei_027_2013.pdf</t>
   </si>
   <si>
     <t>Modifica a lei Municipal n° 229 de 08 de dezembro de 1997, e dá outras providências.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2151/projeto_projeto_de_lei_028_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2151/projeto_projeto_de_lei_028_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE REALIZAÇÃO DE CAMPEONATOS, TORNEIOS E OUTRAS ATIVIDADES DESPORTIVAS E CULTURAIS, AUTORIZA A CONCESSÃO DE PREMIAÇÃO EM DINHEIRO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2152/projeto_projeto_de_lei_029_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2152/projeto_projeto_de_lei_029_2013.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A CÂMARA MUNICIPAL A REALIZAR CONCURSO PUBLICO PARA PROVIMENTO DOS CARGOS CONSTANTES NA LEI 471/2001, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2153/projeto_projeto_de_lei_030_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2153/projeto_projeto_de_lei_030_2013.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a alterar o parágrafo único do artigo 2º, da Lei 1.220/2013 do Munícipio de São Miguel do_x000D_
 Guaporé e dá outras providências."</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2154/projeto_projeto_de_lei_031_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2154/projeto_projeto_de_lei_031_2013.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária de 2014 LDO. do Município de São Miguel do Guaporé-RO e dá outras providências.</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2155/projeto_projeto_de_lei_032_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2155/projeto_projeto_de_lei_032_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2156/projeto_projeto_de_lei_033_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2156/projeto_projeto_de_lei_033_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CREDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2159/projeto_projeto_de_lei_034_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2159/projeto_projeto_de_lei_034_2013.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a doação de imóveis urbanos ao Estado de Rondônia para implantação das instalações da Polícia Militar, e dá outras_x000D_
 providências"</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2161/projeto_projeto_de_lei_036_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2161/projeto_projeto_de_lei_036_2013.pdf</t>
   </si>
   <si>
     <t>QUE "CRIA O PROGRAMA MUNICIPAL DO APRENDIZ E DA OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2162/projeto_projeto_de_lei_037_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2162/projeto_projeto_de_lei_037_2013.pdf</t>
   </si>
   <si>
     <t>“Inclui Festival de Pesca no calendário de festividades de São Miguel do Guaporé e dá outras providências".</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2163/projeto_projeto_de_lei_039_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2163/projeto_projeto_de_lei_039_2013.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a parcelamento e reparcelamento de débitos do Município de São Miguel do Guaporé/RO com seu Regime_x000D_
 Próprio de Previdência Social - RPPS e dá outras providências."</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2164/projeto_projeto_de_lei_041_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2164/projeto_projeto_de_lei_041_2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a desmembrar, lotear, reconhecer a posse e titular aos legítimos possuidores da área especificada contida no título de propriedade n° 110032002 outorgado pelo INCRA, e dá outras providências.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2165/projeto_projeto_de_lei_042_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2165/projeto_projeto_de_lei_042_2013.pdf</t>
   </si>
   <si>
     <t>Transforma em função de confiança os cargos em comissão de Pregoeiro Oficial e Coordenador Geral de Administração e Saúde, e dá outras providências.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2166/projeto_projeto_de_lei_043_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2166/projeto_projeto_de_lei_043_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão parcial do vencimento básico dos servidores cujo vencimento foi ultrapassado pelo mínimo nacional, e dá outras providências.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2167/projeto_projeto_de_lei_044_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2167/projeto_projeto_de_lei_044_2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a conceder o desmembramento e incorporação da área remanescente do solo urbano pertencente ao Município a favor do loteamento Terra Nova, e dá outras providências.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2168/projeto_projeto_de_lei_046_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2168/projeto_projeto_de_lei_046_2013.pdf</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2169/projeto_projeto_de_lei_047_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2169/projeto_projeto_de_lei_047_2013.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DA OUTRAS PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2170/projeto_projeto_de_lei_048_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2170/projeto_projeto_de_lei_048_2013.pdf</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONTRA ATRAVÉS DE TESTE SELETIVO SIMPLIFICADO DE SERÃO VINCULADOS A SECRETARIA DE EDUCAÇÃO DO MUNICÍPIO DE SÃO_x000D_
 MIGUEL DO GUAPORÉ E DÁ OUTRAS PROVIDÈNCIAS".</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2172/projeto_projeto_de_lei_050_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2172/projeto_projeto_de_lei_050_2013.pdf</t>
   </si>
   <si>
     <t>"Dispõe o reajuste do vencimento de servidores efetivos lotados na Secretaria de Saúde do Município de São Miguel do_x000D_
 Guaporé e da outras providências"</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2173/projeto_projeto_de_lei_051_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2173/projeto_projeto_de_lei_051_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONTRATAÇÃO EMERGENCIAL ATRAVÉS DE TESTE SELETIVO SIMPLIFICADO DE PROFISSIONAIS QUE SERÃO VINCULADOS A_x000D_
 SECRETARIA DE EDUCAÇÃO A FIM DE ATENDER O PROGRAMA DO GOVERNO FEDERAL BRASIL ALFABETIZADO E DÁ OUTRAS PROVIDÈNCIAS".</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2174/projeto_projeto_de_lei_052_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2174/projeto_projeto_de_lei_052_2013.pdf</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2175/projeto_projeto_de_lei_053_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2175/projeto_projeto_de_lei_053_2013.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2176/projeto_projeto_de_lei_054_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2176/projeto_projeto_de_lei_054_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2177/projeto_projeto_de_lei_055_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2177/projeto_projeto_de_lei_055_2013.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a contratação emergencial através de Teste Seletivo simplificado de profissionais a serem lotados na Secretaria de Saúde e na Secretaria_x000D_
 de Trabalho e Ação Social e da outras providencias."</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2178/projeto_projeto_de_lei_056_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2178/projeto_projeto_de_lei_056_2013.pdf</t>
   </si>
   <si>
     <t>Concede equiparação de vencimento dos professores de nível magistério ao Piso Nacional de Salário e dá outras providências.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2179/projeto_projeto_de_lei_057_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2179/projeto_projeto_de_lei_057_2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar financiamento junto ao Banco do Brasil S.A. e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2180/projeto_projeto_de_lei_058_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2180/projeto_projeto_de_lei_058_2013.pdf</t>
   </si>
   <si>
     <t>Retifica disposição da Lei Municipal n° 1.209 de 10 de dezembro de 2012 e 1.245 de 24 de junho de 2013, e dá outras providências.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2181/projeto_projeto_de_lei_059_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2181/projeto_projeto_de_lei_059_2013.pdf</t>
   </si>
   <si>
     <t>Autoriza a conceder o desmembramento, loteamento e titulação das quadras 35 setor 02; quadra 31 setor 03, e quadra 23 setor 04, todas derivadas do título aquisitivo n° 110032002, outorgado pelo instituto Nacional de Colonização e Reforma Agrária - INCRA, e dá outras providências.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2182/projeto_projeto_de_lei_060_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2182/projeto_projeto_de_lei_060_2013.pdf</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2183/projeto_projeto_de_lei_061_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2183/projeto_projeto_de_lei_061_2013.pdf</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2184/projeto_projeto_de_lei_062_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2184/projeto_projeto_de_lei_062_2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a conceder em seu próprio nome o desmembramento e incorporação da área remanescente do solo urbano pertencente ao Município e dá outras providências.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2185/projeto_projeto_de_lei_063_2013_1.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2185/projeto_projeto_de_lei_063_2013_1.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A EXPANSÃO URBANA, NA FORMA DO PLANO DIRETOR, O IMOVEL DESCRITO NO CORPO DA PRESENTE LEI E DA OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2186/projeto_projeto_de_lei_064_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2186/projeto_projeto_de_lei_064_2013.pdf</t>
   </si>
   <si>
     <t>Retifica a Lei Municipal n° 416 de 04 de março de 2002, e dá outras providências.</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2187/projeto_projeto_de_lei_065_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2187/projeto_projeto_de_lei_065_2013.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTIPIDADE PÚBLICA A ASSOCIAÇAO DE AGROPISCICULTORES DE SÃO MIGUEL DO GUAPORE - AGROPISMIG”.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2188/projeto_projeto_de_lei_066_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2188/projeto_projeto_de_lei_066_2013.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA A LIGA DESPORTIVA DE SÃO MIGUEL DO GUAPORE/RO”.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2189/projeto_projeto_de_lei_067_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2189/projeto_projeto_de_lei_067_2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL N° 1.226/2013 QUE TRATA DO PROGRAMA PORTEIRA E DA OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2190/projeto_projeto_de_lei_068_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2190/projeto_projeto_de_lei_068_2013.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE SÃO MICUEL DO GUAPORÉ A CRIAR NOVAS VAGAS PARA O PREENCHIMENTO DO QUADRO EFETIVO DE SERVIDORES, E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2192/projeto_projeto_de_lei_070_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2192/projeto_projeto_de_lei_070_2013.pdf</t>
   </si>
   <si>
     <t>"Dispõe o reajuste do vencimento de servidores efetivos do Município de São Miguel do Guaporé e da outras providências”</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2193/projeto_projeto_de_lei_072_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2193/projeto_projeto_de_lei_072_2013.pdf</t>
   </si>
   <si>
     <t>"Prorroga a Licença Maternidade das Servidoras Publicas Municipais do Município de São Miguel do Guaporé- RO, altera Lei Municipal n° 085/1991 e_x000D_
 dá outras providências."</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2196/projeto_projeto_de_lei_073_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2196/projeto_projeto_de_lei_073_2013.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE SÃO MIGUEL DO GUAPORE A REALIZAR CONCURSO PUBLICO PARA PREENCHIMENTO DO QUADRO EFETIVO, E DA OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2194/projeto_projeto_de_lei_074_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2194/projeto_projeto_de_lei_074_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE NOVAS VAGAS PARA CONTRATAÇÃO EMERGENCIAL ATRAVÉS DE TESTE SELETIVO SIMPLIFICADO, ABERTO POR MEIO DO EDITAL Nº 002/2013 VINCULADOS A SECRETARIA DE EDUCAÇÃO DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ E DÁ OUTRAS PROVIDÉNCIAS".</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2195/projeto_projeto_de_lei_075_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2195/projeto_projeto_de_lei_075_2013.pdf</t>
   </si>
   <si>
     <t>“ESTIMA A RECEITA E FIXA A DESPESA PARA O ORÇAMENTO PROGRAMA REFERENTE AO EXERCÍCIO DE 2014”</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2197/projeto_projeto_de_lei_076_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2197/projeto_projeto_de_lei_076_2013.pdf</t>
   </si>
   <si>
     <t>Aprova e estabelece o Plano Plurianual para o período 2014 a 2017 do Município de São Miguel do Guaporé, e dá outras providências.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2198/projeto_projeto_de_lei_077_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2198/projeto_projeto_de_lei_077_2013.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇAO DOS PRODUTORES RURAIS NORTE E SUL.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2199/projeto_projeto_de_lei_078_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2199/projeto_projeto_de_lei_078_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÈNCIAS".</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2201/projeto_projeto_de_lei_080_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2201/projeto_projeto_de_lei_080_2013.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÈNCIAS".</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2202/projeto_projeto_de_lei_0081_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2202/projeto_projeto_de_lei_0081_2013.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a Firmar Convênio Com o Estado de Rondônia, com Interveniência da Secretaria de Estado da_x000D_
 Justiça e Cidadania, da Superintendência da Administração Penitenciaria, Para Execução de penas Alternativas, e da Outras Providencias."</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2203/projeto_projeto_de_lei_083_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2203/projeto_projeto_de_lei_083_2013.pdf</t>
   </si>
   <si>
     <t>Retifica disposição da Lei Municipal n° 1.209 de 10 de dezembro de 2012 e 1.245 de 24 de junho de 2.013 e dá outras providências.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2204/projeto_projeto_de_lei_084_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2204/projeto_projeto_de_lei_084_2013.pdf</t>
   </si>
   <si>
     <t>"Regulariza as diárias de campos a ser concedida aos servidores públicos Municipais."</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2205/projeto_projeto_de_lei_085_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2205/projeto_projeto_de_lei_085_2013.pdf</t>
   </si>
   <si>
     <t>“Disciplina a concessão das vagas na Creche Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2206/projeto_projeto_de_lei_086_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2206/projeto_projeto_de_lei_086_2013.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO ESPORTE CLUBE NOROESTE".</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2207/projeto_projeto_de_lei_087_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2207/projeto_projeto_de_lei_087_2013.pdf</t>
   </si>
   <si>
     <t>"MODIFICA A LEI MUNICIPAL N. 202/1997 QUE DISPÕE SOBRE ESTRUTURA ADMINISTRATIVA DE SÃO MIGUEL DO GUAPORÉ, CRIANDOS CARGOS EFETIVOS E DÁ OUTRAS PROVIDÊNCIAS·'.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2208/projeto_projeto_de_lei_88_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2208/projeto_projeto_de_lei_88_2013.pdf</t>
   </si>
   <si>
     <t>"DÁ NOVA REDAÇÄO A LEl1.122/2011 E LEI 1.135/2011 QUE DISPÕE SOBRE A FEIRA LIVRE DO MUNICIPIO DE SÃO MIGUEL DO GUAPORE/RO."</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2209/projeto_projeto_de_lei_89_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2209/projeto_projeto_de_lei_89_2013.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2210/projeto_projeto_de_lei_90_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2210/projeto_projeto_de_lei_90_2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a conceder a doação de imóveis urbanos especificados ao Rotary Club de São Miguel do Guaporé, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2211/projeto_projeto_de_lei_091_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2211/projeto_projeto_de_lei_091_2013.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração da Lei 202/97 e da alteração do anexo II primeira parte da Lei n° 921/2009 e da outras providências"</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2212/projeto_projeto_de_lei_92_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2212/projeto_projeto_de_lei_92_2013.pdf</t>
   </si>
   <si>
     <t>Concede o direito real de posse sobre área especificada a favor da Associação dos Mototaxistas de São Miguel do Guaporé -_x000D_
 ASMOTOSMIG, e dá outras providências.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2213/projeto_projeto_de_lei_093_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2213/projeto_projeto_de_lei_093_2013.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE A REDE FEMININA DE COMBATE AO CANCER - RFDD DE SÃO MIGUEL DO GUAPORÉ/RO".</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2214/projeto_projeto_de_lei_094_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2214/projeto_projeto_de_lei_094_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CREDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DA OUTRAS_x000D_
 PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2215/projeto_projeto_de_lei_095_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2215/projeto_projeto_de_lei_095_2013.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO VIGENTE E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2216/projeto_projeto_de_lei_096_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2216/projeto_projeto_de_lei_096_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as festividades oficiais do Município e dá outras providências.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2217/projeto_projeto_de_lei_097_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2217/projeto_projeto_de_lei_097_2013.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a conceder a cessão de direitos reais de posse sobre os imóveis urbanos especificados a favor da_x000D_
 Associação Feminina de Combate ao Câncer de São Miguel do Guaporé e dá outras providências.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2218/projeto_projeto_de_lei_098_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2218/projeto_projeto_de_lei_098_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a identificação dos logradouros no Município.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2219/projeto_projeto_de_lei_099_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2219/projeto_projeto_de_lei_099_2013.pdf</t>
   </si>
   <si>
     <t>Retifica e modifica a Lei Municipal n° 1.260 de 12 de agosto de 2013.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2220/projeto_projeto_de_lei_100_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2220/projeto_projeto_de_lei_100_2013.pdf</t>
   </si>
   <si>
     <t>“Institui o dia 15 de outubro como sendo o Dia da Agricultora’".</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2221/projeto_projeto_de_lei_101_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2221/projeto_projeto_de_lei_101_2013.pdf</t>
   </si>
   <si>
     <t>“Institui a obrigatoriedade do ensino de educação de trânsito nas escolas municipais" .</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2222/projeto_projeto_de_lei_102_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2222/projeto_projeto_de_lei_102_2013.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação-Conselho do FUNDEB."</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2223/projeto_projeto_de_lei_104_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2223/projeto_projeto_de_lei_104_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REVOGAÇÃO DA LEI MUNICIPAL 1.265/2013, BEM COMO A EXPANSÃO URBANA, NA FORMA DO PLANO DIRETOR, O_x000D_
 IMOVEL DESCRITO NO CORPO DA PRESENTE LEI E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2224/projeto_projeto_de_lei_105_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2224/projeto_projeto_de_lei_105_2013.pdf</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2225/projeto_projeto_de_lei_106_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2225/projeto_projeto_de_lei_106_2013.pdf</t>
   </si>
   <si>
     <t>Outorga autorização legislativa ao Prefeito Municipal para ausentar-se do país, e dá outras providências.</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2226/projeto_projeto_de_lei_107_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2226/projeto_projeto_de_lei_107_2013.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE AGRICULTORES RURAIS BOM JESUS".</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2227/projeto_projeto_de_lei_108_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2227/projeto_projeto_de_lei_108_2013.pdf</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2228/projeto_projeto_de_lei_109_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2228/projeto_projeto_de_lei_109_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INTRODUÇÃO DE ARTIGO NA LEI Nº 661/2006, BEM como REVOGAÇÃ0 DA LEI 906/2008_x000D_
 DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2229/projeto_projeto_de_lei_110_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2229/projeto_projeto_de_lei_110_2013.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O SISTEMA MUNICIPAL DE ATENDIMENTO SOCIOEDUCATIVO, NAS MODALIDADES DE MEDIDAS SOCIOEDUCATIVAS DE LIBERDADE_x000D_
 ASSISTIDA E DE PRESTAÇÃO DE SERVIÇOS A COMUNIDADE DESTINADO A ADOLESCENTES EM CONFLITO COM A LEI NO MUNICIPIO DE SÃO MIGUEL DO GUAPORE - SIMASE, PLANO MUNICIPAL DE ATENDIMENTO SOCIOEDUCATIVO E O PROGRAMA DE ATENDIMENTO SOCIOEDUCATIVO E DA OUTRAS_x000D_
 PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2230/projeto_projeto_de_lei_111_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2230/projeto_projeto_de_lei_111_2013.pdf</t>
   </si>
   <si>
     <t>"Institui a nova Planta de Valores Genéricos dos imóveis urbanos do Município de São Miguel do Guaporé na forma que específica e dá outras_x000D_
 providências".</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2231/projeto_projeto_de_lei_112_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2231/projeto_projeto_de_lei_112_2013.pdf</t>
   </si>
   <si>
     <t>“Proíbe som volante nas proximidades das feiras livres municipais" .</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2232/projeto_projeto_de_lei_113_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2232/projeto_projeto_de_lei_113_2013.pdf</t>
   </si>
   <si>
     <t>"Dispõe o reajuste do vencimento de servidores efetivos do Município de São Miguel do Guaporé e da outras providências"</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2233/projeto_projeto_de_lei_114_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2233/projeto_projeto_de_lei_114_2013.pdf</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2234/projeto_projeto_de_lei_115_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2234/projeto_projeto_de_lei_115_2013.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização de pagamento de Auxilio Moradia e Auxilio Alimentação, a ser pago aos médicos que prestarem_x000D_
 serviços ao Município de São Miguel do Guaporé por meio do Programa Mais Médicos"</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2235/projeto_projeto_de_lei_116_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2235/projeto_projeto_de_lei_116_2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONTRATAÇÃO EMERGENCIAL ATRAVÉS DE TESTE SELETIVO SIMPLIFICADO DE PROFISSIONAL QUE SERÃO VINCULADOS A_x000D_
 SECRETARIA DE EDUCAÇÃO A FIM DE ATENDER AS NECESSIDADE5 DAQUELA SECRETARIA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2236/projeto_projeto_de_lei_117_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2236/projeto_projeto_de_lei_117_2013.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2237/projeto_projeto_de_lei_118_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2237/projeto_projeto_de_lei_118_2013.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÈNCIAS”.</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2238/projeto_projeto_de_lei_119_2013.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2238/projeto_projeto_de_lei_119_2013.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DA OUTRAS PROVIDENCIAS“.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1688,67 +1688,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2126/projeto_projeto_de_lei_001_2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2127/projeto_projeto_de_lei_002_2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2128/projeto_projeto_de_lei_003_2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2129/projeto_projeto_de_lei_004_2013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2130/projeto_projeto_de_lei_005_2013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2131/projeto_projeto_de_lei_006_2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2132/projeto_projeto_de_lei_007_2013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2133/projeto_projeto_de_lei_010_2013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2134/projeto_projeto_de_lei_011_2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2135/projeto_projeto_de_lei_012_2013.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2136/projeto_projeto_de_lei_013_2013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2137/projeto_projeto_de_lei_14_2013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2138/projeto_projeto_de_lei_015_2013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2139/projeto_projeto_de_lei_016_2013.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2140/projeto_projeto_de_lei_017_2013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2141/projeto_projeto_de_lei_018_2013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2142/projeto_projeto_de_lei_019_2013.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2144/projeto_projeto_de_lei_020_2013.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2145/projeto_projeto_de_lei_021_2013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2146/projeto_projeto_de_lei_023_2013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2147/projeto_projeto_de_lei_024_2013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2148/projeto_projeto_de_lei_025_2013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2149/projeto_projeto_de_lei_026_2013.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2150/projeto_projeto_de_lei_027_2013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2151/projeto_projeto_de_lei_028_2013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2152/projeto_projeto_de_lei_029_2013.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2153/projeto_projeto_de_lei_030_2013.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2154/projeto_projeto_de_lei_031_2013.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2155/projeto_projeto_de_lei_032_2013.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2156/projeto_projeto_de_lei_033_2013.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2159/projeto_projeto_de_lei_034_2013.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2161/projeto_projeto_de_lei_036_2013.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2162/projeto_projeto_de_lei_037_2013.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2163/projeto_projeto_de_lei_039_2013.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2164/projeto_projeto_de_lei_041_2013.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2165/projeto_projeto_de_lei_042_2013.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2166/projeto_projeto_de_lei_043_2013.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2167/projeto_projeto_de_lei_044_2013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2168/projeto_projeto_de_lei_046_2013.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2169/projeto_projeto_de_lei_047_2013.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2170/projeto_projeto_de_lei_048_2013.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2172/projeto_projeto_de_lei_050_2013.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2173/projeto_projeto_de_lei_051_2013.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2174/projeto_projeto_de_lei_052_2013.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2175/projeto_projeto_de_lei_053_2013.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2176/projeto_projeto_de_lei_054_2013.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2177/projeto_projeto_de_lei_055_2013.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2178/projeto_projeto_de_lei_056_2013.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2179/projeto_projeto_de_lei_057_2013.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2180/projeto_projeto_de_lei_058_2013.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2181/projeto_projeto_de_lei_059_2013.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2182/projeto_projeto_de_lei_060_2013.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2183/projeto_projeto_de_lei_061_2013.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2184/projeto_projeto_de_lei_062_2013.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2185/projeto_projeto_de_lei_063_2013_1.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2186/projeto_projeto_de_lei_064_2013.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2187/projeto_projeto_de_lei_065_2013.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2188/projeto_projeto_de_lei_066_2013.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2189/projeto_projeto_de_lei_067_2013.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2190/projeto_projeto_de_lei_068_2013.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2192/projeto_projeto_de_lei_070_2013.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2193/projeto_projeto_de_lei_072_2013.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2196/projeto_projeto_de_lei_073_2013.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2194/projeto_projeto_de_lei_074_2013.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2195/projeto_projeto_de_lei_075_2013.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2197/projeto_projeto_de_lei_076_2013.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2198/projeto_projeto_de_lei_077_2013.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2199/projeto_projeto_de_lei_078_2013.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2201/projeto_projeto_de_lei_080_2013.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2202/projeto_projeto_de_lei_0081_2013.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2203/projeto_projeto_de_lei_083_2013.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2204/projeto_projeto_de_lei_084_2013.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2205/projeto_projeto_de_lei_085_2013.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2206/projeto_projeto_de_lei_086_2013.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2207/projeto_projeto_de_lei_087_2013.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2208/projeto_projeto_de_lei_88_2013.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2209/projeto_projeto_de_lei_89_2013.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2210/projeto_projeto_de_lei_90_2013.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2211/projeto_projeto_de_lei_091_2013.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2212/projeto_projeto_de_lei_92_2013.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2213/projeto_projeto_de_lei_093_2013.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2214/projeto_projeto_de_lei_094_2013.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2215/projeto_projeto_de_lei_095_2013.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2216/projeto_projeto_de_lei_096_2013.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2217/projeto_projeto_de_lei_097_2013.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2218/projeto_projeto_de_lei_098_2013.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2219/projeto_projeto_de_lei_099_2013.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2220/projeto_projeto_de_lei_100_2013.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2221/projeto_projeto_de_lei_101_2013.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2222/projeto_projeto_de_lei_102_2013.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2223/projeto_projeto_de_lei_104_2013.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2224/projeto_projeto_de_lei_105_2013.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2225/projeto_projeto_de_lei_106_2013.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2226/projeto_projeto_de_lei_107_2013.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2227/projeto_projeto_de_lei_108_2013.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2228/projeto_projeto_de_lei_109_2013.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2229/projeto_projeto_de_lei_110_2013.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2230/projeto_projeto_de_lei_111_2013.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2231/projeto_projeto_de_lei_112_2013.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2232/projeto_projeto_de_lei_113_2013.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2233/projeto_projeto_de_lei_114_2013.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2234/projeto_projeto_de_lei_115_2013.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2235/projeto_projeto_de_lei_116_2013.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2236/projeto_projeto_de_lei_117_2013.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2237/projeto_projeto_de_lei_118_2013.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2238/projeto_projeto_de_lei_119_2013.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2126/projeto_projeto_de_lei_001_2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2127/projeto_projeto_de_lei_002_2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2128/projeto_projeto_de_lei_003_2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2129/projeto_projeto_de_lei_004_2013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2130/projeto_projeto_de_lei_005_2013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2131/projeto_projeto_de_lei_006_2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2132/projeto_projeto_de_lei_007_2013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2133/projeto_projeto_de_lei_010_2013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2134/projeto_projeto_de_lei_011_2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2135/projeto_projeto_de_lei_012_2013.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2136/projeto_projeto_de_lei_013_2013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2137/projeto_projeto_de_lei_14_2013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2138/projeto_projeto_de_lei_015_2013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2139/projeto_projeto_de_lei_016_2013.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2140/projeto_projeto_de_lei_017_2013.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2141/projeto_projeto_de_lei_018_2013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2142/projeto_projeto_de_lei_019_2013.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2144/projeto_projeto_de_lei_020_2013.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2145/projeto_projeto_de_lei_021_2013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2146/projeto_projeto_de_lei_023_2013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2147/projeto_projeto_de_lei_024_2013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2148/projeto_projeto_de_lei_025_2013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2149/projeto_projeto_de_lei_026_2013.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2150/projeto_projeto_de_lei_027_2013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2151/projeto_projeto_de_lei_028_2013.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2152/projeto_projeto_de_lei_029_2013.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2153/projeto_projeto_de_lei_030_2013.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2154/projeto_projeto_de_lei_031_2013.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2155/projeto_projeto_de_lei_032_2013.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2156/projeto_projeto_de_lei_033_2013.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2159/projeto_projeto_de_lei_034_2013.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2161/projeto_projeto_de_lei_036_2013.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2162/projeto_projeto_de_lei_037_2013.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2163/projeto_projeto_de_lei_039_2013.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2164/projeto_projeto_de_lei_041_2013.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2165/projeto_projeto_de_lei_042_2013.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2166/projeto_projeto_de_lei_043_2013.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2167/projeto_projeto_de_lei_044_2013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2168/projeto_projeto_de_lei_046_2013.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2169/projeto_projeto_de_lei_047_2013.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2170/projeto_projeto_de_lei_048_2013.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2172/projeto_projeto_de_lei_050_2013.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2173/projeto_projeto_de_lei_051_2013.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2174/projeto_projeto_de_lei_052_2013.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2175/projeto_projeto_de_lei_053_2013.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2176/projeto_projeto_de_lei_054_2013.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2177/projeto_projeto_de_lei_055_2013.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2178/projeto_projeto_de_lei_056_2013.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2179/projeto_projeto_de_lei_057_2013.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2180/projeto_projeto_de_lei_058_2013.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2181/projeto_projeto_de_lei_059_2013.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2182/projeto_projeto_de_lei_060_2013.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2183/projeto_projeto_de_lei_061_2013.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2184/projeto_projeto_de_lei_062_2013.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2185/projeto_projeto_de_lei_063_2013_1.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2186/projeto_projeto_de_lei_064_2013.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2187/projeto_projeto_de_lei_065_2013.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2188/projeto_projeto_de_lei_066_2013.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2189/projeto_projeto_de_lei_067_2013.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2190/projeto_projeto_de_lei_068_2013.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2192/projeto_projeto_de_lei_070_2013.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2193/projeto_projeto_de_lei_072_2013.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2196/projeto_projeto_de_lei_073_2013.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2194/projeto_projeto_de_lei_074_2013.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2195/projeto_projeto_de_lei_075_2013.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2197/projeto_projeto_de_lei_076_2013.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2198/projeto_projeto_de_lei_077_2013.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2199/projeto_projeto_de_lei_078_2013.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2201/projeto_projeto_de_lei_080_2013.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2202/projeto_projeto_de_lei_0081_2013.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2203/projeto_projeto_de_lei_083_2013.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2204/projeto_projeto_de_lei_084_2013.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2205/projeto_projeto_de_lei_085_2013.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2206/projeto_projeto_de_lei_086_2013.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2207/projeto_projeto_de_lei_087_2013.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2208/projeto_projeto_de_lei_88_2013.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2209/projeto_projeto_de_lei_89_2013.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2210/projeto_projeto_de_lei_90_2013.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2211/projeto_projeto_de_lei_091_2013.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2212/projeto_projeto_de_lei_92_2013.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2213/projeto_projeto_de_lei_093_2013.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2214/projeto_projeto_de_lei_094_2013.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2215/projeto_projeto_de_lei_095_2013.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2216/projeto_projeto_de_lei_096_2013.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2217/projeto_projeto_de_lei_097_2013.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2218/projeto_projeto_de_lei_098_2013.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2219/projeto_projeto_de_lei_099_2013.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2220/projeto_projeto_de_lei_100_2013.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2221/projeto_projeto_de_lei_101_2013.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2222/projeto_projeto_de_lei_102_2013.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2223/projeto_projeto_de_lei_104_2013.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2224/projeto_projeto_de_lei_105_2013.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2225/projeto_projeto_de_lei_106_2013.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2226/projeto_projeto_de_lei_107_2013.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2227/projeto_projeto_de_lei_108_2013.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2228/projeto_projeto_de_lei_109_2013.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2229/projeto_projeto_de_lei_110_2013.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2230/projeto_projeto_de_lei_111_2013.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2231/projeto_projeto_de_lei_112_2013.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2232/projeto_projeto_de_lei_113_2013.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2233/projeto_projeto_de_lei_114_2013.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2234/projeto_projeto_de_lei_115_2013.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2235/projeto_projeto_de_lei_116_2013.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2236/projeto_projeto_de_lei_117_2013.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2237/projeto_projeto_de_lei_118_2013.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2013/2238/projeto_projeto_de_lei_119_2013.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>