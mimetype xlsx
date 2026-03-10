--- v0 (2025-12-09)
+++ v1 (2026-03-10)
@@ -51,764 +51,764 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1881/projeto_projeto_de_lei_002_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1881/projeto_projeto_de_lei_002_2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICINAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1882/projeto_projeto_de_lei_003_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1882/projeto_projeto_de_lei_003_2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOERE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÈNCIAS.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1883/projeto_projeto_de_lei_004_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1883/projeto_projeto_de_lei_004_2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1884/projeto_projeto_de_lei_005_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1884/projeto_projeto_de_lei_005_2012.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MULHERES AGRICULTORAS - AMA</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1885/projeto_projeto_de_lei_006_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1885/projeto_projeto_de_lei_006_2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS_x000D_
 PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1886/projeto_projeto_de_lei_007_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1886/projeto_projeto_de_lei_007_2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DEFINIÇÃO DO VALOR DA UPF UNIDADE PADRÃ0 FISCAL) PARA O EXERCICIO DE 2012, NO MUNICIPIO_x000D_
 DE SÃO MIGUEL DO GUAPORÉ E DÁ OUTRAS PROVIDÈNCIAS.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1887/projeto_projeto_de_lei_008_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1887/projeto_projeto_de_lei_008_2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENT0 VIGENTE E DÁ OUTRAS PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1888/projeto_projeto_de_lei_009_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1888/projeto_projeto_de_lei_009_2012.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA DE ASSISTÊNCIA A SAÚDE  BUCAL DOS SERVIDORES PÚBLICOS, INSTEGRANTES DO QUADRO EFETIVO DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1889/projeto_projeto_de_lei_010_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1889/projeto_projeto_de_lei_010_2012.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CAMPEONATO DAS DIVERSAS MODALIDADES DE ESPORTE, AUTORIZA A CONCESSÃO DE PREMIAÇÕS EM_x000D_
 DINHEIRO E DÁ OUTRAS PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1890/projeto_projeto_de_lei_011_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1890/projeto_projeto_de_lei_011_2012.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL 600/2005 QUE MODIFICA OS ANEXOS DA LEI 202/1997 QUE DISPOE SOBRE O PLANO DE CARGOS E_x000D_
 VENCIMENTOS DO MUNICIPIO DE SÂO MIGUEL E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1891/projeto_projeto_de_lei_012_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1891/projeto_projeto_de_lei_012_2012.pdf</t>
   </si>
   <si>
     <t>CONCEDE PERCENTUAL DE REAJUSTE VIOSANDO REPOR PERDAS SALARIAIS AOS SERVIDORES DO PODER LEGISLATIVO DO MUNICIPIO DE SÃO MIGUEL DO GUAPORÉ/RO.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1892/projeto_projeto_de_lei_013_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1892/projeto_projeto_de_lei_013_2012.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONTRATAÇÃO EMERGENCIAL ATRAVÉS DE TESTE SELETIVO SIMPLIFICADO DE PROFESSORES E PROFISSIONAIS DA ÁREA_x000D_
 DE SAÚDE PARA OMUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1893/projeto_projeto_de_lei_014_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1893/projeto_projeto_de_lei_014_2012.pdf</t>
   </si>
   <si>
     <t>"DA NOVA REDAÇÃO A LEI 2.022/2011 e LEI 1.135/2011 QUE DISPÕE SOBRE A FEIRA LIVRE DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORE-RO."</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1894/projeto_projeto_de_lei_015_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1894/projeto_projeto_de_lei_015_2012.pdf</t>
   </si>
   <si>
     <t>CRIA A GRATIFICAÇÃO DE PRODUTIVIDADE DESTINADA AOS PROFISSIONAIS MÉDICOS LOTADOS NA SECRETARIA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1895/projeto_projeto_de_lei_016_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1895/projeto_projeto_de_lei_016_2012.pdf</t>
   </si>
   <si>
     <t>"DA NOVA REDAÇÃO A LEI QUE INSTITUI A CONCESSÃO DE BOLSA EDUCAÇÃO PROFISSIONALIZANTE E REVOGA A LEI N° 172/94 E DÁ OUTRAS DISPOSIÇÕES</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1896/projeto_projeto_de_lei_017_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1896/projeto_projeto_de_lei_017_2012.pdf</t>
   </si>
   <si>
     <t>"CRIA O AUXÍLIO DESLOCAMENTO PARA OS AGENTES COMUNITÁRIOS DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1897/projeto_projeto_de_lei_018_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1897/projeto_projeto_de_lei_018_2012.pdf</t>
   </si>
   <si>
     <t>REVOGA AS DIÁRIAS PARA OS MOTORISTAS DA SECRETÁRIA MUNICIPAL DE SAÚDE E CRIA A GRATIFICAÇÃO DE_x000D_
 PRODUTIVIDADE AOS MOTORISTAS LOTADOS NA SECRETARIA MUNICIPAL DE SAÚDE DO MUNICIPIO DE SÃO MIGUEL E DÁ_x000D_
 OUTRAS PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1898/projeto_projeto_de_lei_019_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1898/projeto_projeto_de_lei_019_2012.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 202/1997 CRIANDO O CARGO DE BIÓLOGO AMBIENTAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2085/projeto_projeto_de_lei_020_2012_1.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2085/projeto_projeto_de_lei_020_2012_1.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A OUTORGA DE TÍTULO DEFINITIVO DE PROPRIEDADE AOS DETENTORES DE POSSE NA AREA DOS 281,9967HA DE DOMINIO DO MUNICIPIO DE SAO MIGUEL DO GUAPORÉ E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2086/projeto_projeto_de_lei_021_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2086/projeto_projeto_de_lei_021_2012.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A EMITIR TERMO DE POSSE AOS SERVIDORES PUBLICOS MUNICIPAIS QUE NAO POSSUAM REFERIDO DOQUMENTO EM SUA PASTA INDIVIDUAL E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2087/projeto_projeto_de_lei_022_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2087/projeto_projeto_de_lei_022_2012.pdf</t>
   </si>
   <si>
     <t>"institui o Plano de Carreira, Cargos e Salários para os servidores públicos da Secretaria Municipal de Saúde de São Miguel do Guaporé-RO e dá outras Providências."</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2088/projeto_projeto_de_lei_023_2012_1.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2088/projeto_projeto_de_lei_023_2012_1.pdf</t>
   </si>
   <si>
     <t>"DecIara como Área de Expansão Urbana, na forma do Plano Diretor os imóveis a Seguir relacionados e dá outras providências.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2089/projeto_projeto_de_lei_024_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2089/projeto_projeto_de_lei_024_2012.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONTRATAÇÃO EMERGENCIAL ATRAVÉS DE TESTE SELETIVO SIMPLIFICADO DE PROFESSORES E PROFISSIONAIS DA ARÇA_x000D_
 DE SAUDE PARA O 0 MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2090/projeto_projeto_de_lei_025_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2090/projeto_projeto_de_lei_025_2012.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO QRÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2091/projeto_projeto_de_lei_026_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2091/projeto_projeto_de_lei_026_2012.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2092/projeto_projeto_de_lei_027_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2092/projeto_projeto_de_lei_027_2012.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal 1.172/2012, quanto a contratação de pessoal por tempo determinado".</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2093/projeto_projeto_de_lei_028_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2093/projeto_projeto_de_lei_028_2012.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL N° 229/97 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2094/projeto_projeto_de_lei_030_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2094/projeto_projeto_de_lei_030_2012.pdf</t>
   </si>
   <si>
     <t>"REVOGA AS LEIS MUNICIPAIS 1172/2012 DE 26 DE MARÇO DE 2012 E 1180/2012 DE 18 DE ABRIL DE 2012 e dá outras providências".</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2095/projeto_projeto_de_lei_031_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2095/projeto_projeto_de_lei_031_2012.pdf</t>
   </si>
   <si>
     <t>"Modifica Nome de ` Logradouro Municipal e dá outras providências" .</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2096/projeto_projeto_de_lei_32_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2096/projeto_projeto_de_lei_32_2012.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONTRATAÇÃO EMERGENCIAL ATRAVES DE TESTE SELETIVO SIMPLIFICADO DE PROFESSORES, PROFISSIONAIS DA AREA_x000D_
 DE SAÚDE E ASSISTENTE SOCIAL PARA O MUNICIPIO DE SÃO MIGUEL DO GUAPORÉ E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2097/projeto_projeto_de_lei_033_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2097/projeto_projeto_de_lei_033_2012.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2098/projeto_projeto_de_lei_034_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2098/projeto_projeto_de_lei_034_2012.pdf</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2099/projeto_projeto_de_lei_035_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2099/projeto_projeto_de_lei_035_2012.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2100/projeto_projeto_de_lei_036_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2100/projeto_projeto_de_lei_036_2012.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PARTICIPAÇÃO, RATIFICA O PROTOCOLO DE INTENÇÕES E AUTORIZA A ASSINATURA DE CONTRATO DE PROGRAMA DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ NO CIMCERO - Consórcio intermunicipal da Região Centro Leste de Rondônia, SOB A FORMA DE ASSOCIAÇÃO PÚBLICA, NOS TERMOS DA LEI FEDERAL N° 11.107, DE 06 DE ABRIL DE 2005 e DO DECRETO FEDERAL N° 6.017, DE 17 DE JANEIRO DE 2007, DE 12 DE JANEIRO DE 2009, E OÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2101/projeto_projeto_de_lei_037_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2101/projeto_projeto_de_lei_037_2012.pdf</t>
   </si>
   <si>
     <t>"Declara como Área de Expansão Urbana, na forma do Plano Diretor, os imóveis a seguir relacionados e dá outras providências.</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2102/projeto_projeto_de_lei_038_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2102/projeto_projeto_de_lei_038_2012.pdf</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2103/projeto_projeto_de_lei_039_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2103/projeto_projeto_de_lei_039_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2104/projeto_projeto_de_lei_040_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2104/projeto_projeto_de_lei_040_2012.pdf</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2105/projeto_projeto_de_lei_041_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2105/projeto_projeto_de_lei_041_2012.pdf</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2106/projeto_projeto_de_lei_042_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2106/projeto_projeto_de_lei_042_2012.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A ADQUIRIR TERRENO EM AREA RURAL PROXIMA A ESCOLA MUNICIPAL PE EZEQUIEL RAMIN E DA OUTRAS_x000D_
 PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2107/projeto_projeto_de_lei_043_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2107/projeto_projeto_de_lei_043_2012.pdf</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2108/projeto_projeto_de_lei_044_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2108/projeto_projeto_de_lei_044_2012.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇAO NOVA ALIANÇA DA LINHA 94, KM 04, LADO SUL.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2109/projeto_projeto_de_lei_045_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2109/projeto_projeto_de_lei_045_2012.pdf</t>
   </si>
   <si>
     <t>"CRIA O COMITÊ GESTOR MUNICIPAL DO PROJETO PAA - PROGRAMA DE AQUISIÇÃO  DE ALIMENTOS - COMPRA SOLIDÁRIA,_x000D_
 E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2110/projeto_projeto_de_lei_046_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2110/projeto_projeto_de_lei_046_2012.pdf</t>
   </si>
   <si>
     <t>"MODIFICA A LEI MUNICIPAL N.° 776/2007 QUE DISPOE SOBRE O PARÇELAMENTO DO SOLO URBANO NO MUNICÍPIO DE SÃO_x000D_
 MIGUEL DO GUAPORÉ, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2111/projeto_projeto_de_lei_047_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2111/projeto_projeto_de_lei_047_2012.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇAO DOS POLICIAIS MILITARES DE SÃO MIGUEL DO GUAPORÉ/RO.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2112/projeto_projeto_de_lei_048_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2112/projeto_projeto_de_lei_048_2012.pdf</t>
   </si>
   <si>
     <t>“ESTIMA A RECEITA E FIXA A DESPESA PARA O ORÇAMENTO PROGRAMA REFERENTE AO EXERCÍCIO DE 2013”</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2113/projeto_projeto_de_lei_049_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2113/projeto_projeto_de_lei_049_2012.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICINAL ESPECIAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2114/projeto_projeto_de_lei_050_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2114/projeto_projeto_de_lei_050_2012.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO DE SÃO MIGUEL D0 GUAPORÉ A REALIZAR CONCURSO PUBLICO PARA PREENCHIMENTO DE QUADRO DE_x000D_
 PROVIMENTO EFETIVO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2115/projeto_projeto_de_lei_051_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2115/projeto_projeto_de_lei_051_2012.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL N° 202/1997 CRIANDO CARGOS EFETIVOS AMPLIANDO O QUADRO DE VAGAS E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2116/projeto_projeto_de_lei_052_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2116/projeto_projeto_de_lei_052_2012.pdf</t>
   </si>
   <si>
     <t>"Fixa o Subsídio do Prefeito, Vice-Prefeito e Secretários do Município de São Miguel do Guaporé para o mandato de 2013·2016 e dá outras_x000D_
 providências".</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2117/projeto_projeto_de_lei_053_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2117/projeto_projeto_de_lei_053_2012.pdf</t>
   </si>
   <si>
     <t>"Fixa o Subsídio dos Vereadores e Membros da Mesa Diretora da Câmara Municipal de São Miguel do Guaporé para o mandato de 2013-2016 e dá_x000D_
 outras providências".</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2118/projeto_projeto_de_lei_054_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2118/projeto_projeto_de_lei_054_2012.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A ADQUIRIR TERRENO EM AREA RURAL PRÓXIMA A ESCOLA MUNICIPAL OLAVO BILAC E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2119/projeto_projeto_de_lei_55_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2119/projeto_projeto_de_lei_55_2012.pdf</t>
   </si>
   <si>
     <t>"Altera e complementa a Lei Municipal 776/2007 que dispõe sobre o parcelamento do solo urbano de São Miguel do Guaporé e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2120/projeto_projeto_de_lei_056_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2120/projeto_projeto_de_lei_056_2012.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL N° 325/2000 QUE DISPÕE SOBRE A POLITICA DOS DIREITOS DA CRIANÇA DO ADOLESCENTE NO MUNICÍPIO DE SAO MIGUEL DO GUAPORE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2121/projeto_projeto_de_lei_059_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2121/projeto_projeto_de_lei_059_2012.pdf</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2122/projeto_projeto_de_lei_060_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2122/projeto_projeto_de_lei_060_2012.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2123/projeto_projeto_de_lei_61_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2123/projeto_projeto_de_lei_61_2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO MUNICIPAL A EMITIR TERMO DE POSSE A SERVIDORES PUBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2124/projeto_projeto_de_lei_062_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2124/projeto_projeto_de_lei_062_2012.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A DOAR TERRENO EM AREA URBANA DO GOVERNO DO ESTADO DE RONDONIA PARA_x000D_
 REGULAMENTAR O FUNCIONAMENTO DA ESCOLA ESTADUAL DEONILDO CARGANATO E DA OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2125/projeto_projeto_de_lei_063_2012.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2125/projeto_projeto_de_lei_063_2012.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A EFETUAR O DESMEMBRAMENTO DE UMA AREA URBANA PARA FINS DE REGULARIZAÇÃO E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PERI</t>
   </si>
   <si>
     <t>Projeto de Emenda ao Regimento Interno</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2300/projeto_de_emenda_regimento_interno_001_2012_1.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2300/projeto_de_emenda_regimento_interno_001_2012_1.pdf</t>
   </si>
   <si>
     <t>"MODIFICA ARTIGOS DO REGIMENTO INTERNO DA CAMARA MUNCIPAL DE SÃO MIGUEL DO GUAPORE".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1115,67 +1115,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1881/projeto_projeto_de_lei_002_2012.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1882/projeto_projeto_de_lei_003_2012.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1883/projeto_projeto_de_lei_004_2012.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1884/projeto_projeto_de_lei_005_2012.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1885/projeto_projeto_de_lei_006_2012.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1886/projeto_projeto_de_lei_007_2012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1887/projeto_projeto_de_lei_008_2012.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1888/projeto_projeto_de_lei_009_2012.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1889/projeto_projeto_de_lei_010_2012.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1890/projeto_projeto_de_lei_011_2012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1891/projeto_projeto_de_lei_012_2012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1892/projeto_projeto_de_lei_013_2012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1893/projeto_projeto_de_lei_014_2012.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1894/projeto_projeto_de_lei_015_2012.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1895/projeto_projeto_de_lei_016_2012.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1896/projeto_projeto_de_lei_017_2012.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1897/projeto_projeto_de_lei_018_2012.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1898/projeto_projeto_de_lei_019_2012.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2085/projeto_projeto_de_lei_020_2012_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2086/projeto_projeto_de_lei_021_2012.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2087/projeto_projeto_de_lei_022_2012.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2088/projeto_projeto_de_lei_023_2012_1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2089/projeto_projeto_de_lei_024_2012.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2090/projeto_projeto_de_lei_025_2012.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2091/projeto_projeto_de_lei_026_2012.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2092/projeto_projeto_de_lei_027_2012.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2093/projeto_projeto_de_lei_028_2012.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2094/projeto_projeto_de_lei_030_2012.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2095/projeto_projeto_de_lei_031_2012.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2096/projeto_projeto_de_lei_32_2012.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2097/projeto_projeto_de_lei_033_2012.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2098/projeto_projeto_de_lei_034_2012.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2099/projeto_projeto_de_lei_035_2012.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2100/projeto_projeto_de_lei_036_2012.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2101/projeto_projeto_de_lei_037_2012.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2102/projeto_projeto_de_lei_038_2012.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2103/projeto_projeto_de_lei_039_2012.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2104/projeto_projeto_de_lei_040_2012.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2105/projeto_projeto_de_lei_041_2012.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2106/projeto_projeto_de_lei_042_2012.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2107/projeto_projeto_de_lei_043_2012.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2108/projeto_projeto_de_lei_044_2012.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2109/projeto_projeto_de_lei_045_2012.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2110/projeto_projeto_de_lei_046_2012.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2111/projeto_projeto_de_lei_047_2012.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2112/projeto_projeto_de_lei_048_2012.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2113/projeto_projeto_de_lei_049_2012.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2114/projeto_projeto_de_lei_050_2012.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2115/projeto_projeto_de_lei_051_2012.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2116/projeto_projeto_de_lei_052_2012.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2117/projeto_projeto_de_lei_053_2012.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2118/projeto_projeto_de_lei_054_2012.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2119/projeto_projeto_de_lei_55_2012.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2120/projeto_projeto_de_lei_056_2012.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2121/projeto_projeto_de_lei_059_2012.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2122/projeto_projeto_de_lei_060_2012.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2123/projeto_projeto_de_lei_61_2012.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2124/projeto_projeto_de_lei_062_2012.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2125/projeto_projeto_de_lei_063_2012.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2300/projeto_de_emenda_regimento_interno_001_2012_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1881/projeto_projeto_de_lei_002_2012.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1882/projeto_projeto_de_lei_003_2012.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1883/projeto_projeto_de_lei_004_2012.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1884/projeto_projeto_de_lei_005_2012.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1885/projeto_projeto_de_lei_006_2012.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1886/projeto_projeto_de_lei_007_2012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1887/projeto_projeto_de_lei_008_2012.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1888/projeto_projeto_de_lei_009_2012.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1889/projeto_projeto_de_lei_010_2012.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1890/projeto_projeto_de_lei_011_2012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1891/projeto_projeto_de_lei_012_2012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1892/projeto_projeto_de_lei_013_2012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1893/projeto_projeto_de_lei_014_2012.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1894/projeto_projeto_de_lei_015_2012.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1895/projeto_projeto_de_lei_016_2012.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1896/projeto_projeto_de_lei_017_2012.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1897/projeto_projeto_de_lei_018_2012.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/1898/projeto_projeto_de_lei_019_2012.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2085/projeto_projeto_de_lei_020_2012_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2086/projeto_projeto_de_lei_021_2012.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2087/projeto_projeto_de_lei_022_2012.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2088/projeto_projeto_de_lei_023_2012_1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2089/projeto_projeto_de_lei_024_2012.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2090/projeto_projeto_de_lei_025_2012.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2091/projeto_projeto_de_lei_026_2012.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2092/projeto_projeto_de_lei_027_2012.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2093/projeto_projeto_de_lei_028_2012.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2094/projeto_projeto_de_lei_030_2012.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2095/projeto_projeto_de_lei_031_2012.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2096/projeto_projeto_de_lei_32_2012.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2097/projeto_projeto_de_lei_033_2012.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2098/projeto_projeto_de_lei_034_2012.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2099/projeto_projeto_de_lei_035_2012.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2100/projeto_projeto_de_lei_036_2012.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2101/projeto_projeto_de_lei_037_2012.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2102/projeto_projeto_de_lei_038_2012.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2103/projeto_projeto_de_lei_039_2012.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2104/projeto_projeto_de_lei_040_2012.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2105/projeto_projeto_de_lei_041_2012.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2106/projeto_projeto_de_lei_042_2012.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2107/projeto_projeto_de_lei_043_2012.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2108/projeto_projeto_de_lei_044_2012.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2109/projeto_projeto_de_lei_045_2012.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2110/projeto_projeto_de_lei_046_2012.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2111/projeto_projeto_de_lei_047_2012.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2112/projeto_projeto_de_lei_048_2012.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2113/projeto_projeto_de_lei_049_2012.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2114/projeto_projeto_de_lei_050_2012.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2115/projeto_projeto_de_lei_051_2012.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2116/projeto_projeto_de_lei_052_2012.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2117/projeto_projeto_de_lei_053_2012.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2118/projeto_projeto_de_lei_054_2012.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2119/projeto_projeto_de_lei_55_2012.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2120/projeto_projeto_de_lei_056_2012.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2121/projeto_projeto_de_lei_059_2012.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2122/projeto_projeto_de_lei_060_2012.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2123/projeto_projeto_de_lei_61_2012.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2124/projeto_projeto_de_lei_062_2012.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2125/projeto_projeto_de_lei_063_2012.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2012/2300/projeto_de_emenda_regimento_interno_001_2012_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="133" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>