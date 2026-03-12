--- v0 (2025-12-11)
+++ v1 (2026-03-12)
@@ -51,946 +51,946 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1802/projeto_projeto_de_lei_001_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1802/projeto_projeto_de_lei_001_2011.pdf</t>
   </si>
   <si>
     <t>"AItera a Lei Municipal N° 1.052/2010 e dá outras providências".</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1803/projeto_projeto_de_lei_002_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1803/projeto_projeto_de_lei_002_2011.pdf</t>
   </si>
   <si>
     <t>MODIFICA A LEI MUNICIPAL Nº 249 DE 11 DE MAIO DE 1998, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1804/projeto_projeto_de_lei_003_2011_2.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1804/projeto_projeto_de_lei_003_2011_2.pdf</t>
   </si>
   <si>
     <t>"Estende o Auxílio alimentação em favor dos Agentes Comunitários de Saúde e dá outras providências".</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1805/projeto_projeto_de_lei_005_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1805/projeto_projeto_de_lei_005_2011.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1806/projeto_projeto_de_lei_006_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1806/projeto_projeto_de_lei_006_2011.pdf</t>
   </si>
   <si>
     <t>MODIFICA A LEI n° 202/97 QUE DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA E SOBRE O PLANO DE CARGO E VENCIMENTOS DA PREFEITURA MUNICIPAL DE SÃO MIGUEL DO GUAPORÉ/RO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1807/projeto_projeto_de_lei_007_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1807/projeto_projeto_de_lei_007_2011.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1808/projeto_projeto_de_lei_008_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1808/projeto_projeto_de_lei_008_2011.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1809/projeto_projeto_de_lei_009_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1809/projeto_projeto_de_lei_009_2011.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A GRATIFICAÇÃO DE PRODUTIVIDADE E INCENTIVO AOS SERVIDORES DA RECEITA E DA_x000D_
 OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1810/projeto_projeto_de_lei_010_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1810/projeto_projeto_de_lei_010_2011.pdf</t>
   </si>
   <si>
     <t>“Ratifica os efeitos já operados do Decreto Municipal 130/2001 e dá outras providências".</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1811/projeto_projeto_de_lei_011_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1811/projeto_projeto_de_lei_011_2011.pdf</t>
   </si>
   <si>
     <t>"FICA REVOGADA AS LEIS MUNICIPAIS N° 206/97, N° 223/97, N° 923/2009, N° 963/2009, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1812/projeto_projeto_de_lei_012_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1812/projeto_projeto_de_lei_012_2011.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA CRÉDITO ADICINAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1813/projeto_projeto_de_lei_013_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1813/projeto_projeto_de_lei_013_2011.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER LEGISLATIVO A CEDER VEÍCULO EM FAVOR DA PREFEITURA MUNICIPAL DE SÃO MIGUEL DO GUAPORÉ".</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1814/projeto_projeto_de_lei_014_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1814/projeto_projeto_de_lei_014_2011.pdf</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1815/projeto_projeto_de_lei_015_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1815/projeto_projeto_de_lei_015_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AEERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1816/projeto_projeto_de_lei_016_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1816/projeto_projeto_de_lei_016_2011.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA MUNICIPAL DE APOIO ÀS FAMILIAS CARENTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1817/projeto_projeto_de_lei_017_2011_1.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1817/projeto_projeto_de_lei_017_2011_1.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CAMPEONATO DAS DIVERSAS MODALIDADES DE ESPORTE, AUTORIZA A CONCESSÃO DE PREMIAÇÃO EM_x000D_
 DINHEIRO E DÁ OUTRAS PROVIDÈNCIAS.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1818/projeto_projeto_de_lei_018_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1818/projeto_projeto_de_lei_018_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1819/projeto_projeto_de_lei_019_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1819/projeto_projeto_de_lei_019_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS_x000D_
 PROVIDÈNCIAS.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1820/projeto_projeto_de_lei_020_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1820/projeto_projeto_de_lei_020_2011.pdf</t>
   </si>
   <si>
     <t>"AItera a Lei Municipal 202/1997, criando cargo em comissão e dá outras providências".</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1821/projeto_projeto_de_lei_21_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1821/projeto_projeto_de_lei_21_2011.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS ARBITROS DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ/RO - (AASMG), E DA OUTRAS_x000D_
 PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1822/projeto_projeto_de_lei_22_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1822/projeto_projeto_de_lei_22_2011.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1823/projeto_projeto_de_lei_023_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1823/projeto_projeto_de_lei_023_2011.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o atendimento prioritário aos idosos, deficientes físicos e gestantes, nas filas de caixa dos supermercados, lotéricas bancos e correios" .</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1824/projeto_projeto_de_lei_024_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1824/projeto_projeto_de_lei_024_2011.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade das Agências Bancárias, Lotéricas e Agências dos Correios possuírem banheiro público, masculino e feminino,_x000D_
 com lavatório e bebedouro e dá outras providências" .</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1825/projeto_projeto_de_lei_025_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1825/projeto_projeto_de_lei_025_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DURAÇÃ0 DO ATENDIMENTO EM ESTABELECIMENTOS BANCÁRIOS, LOTÉRICAS, CORREIO E PERMISSIONÁRIO DE SERVIÇOS PÚBLICOS QUE PRESTEM ATENDIMENTOAUSUÁRIOS NO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1826/projeto_projeto_de_lei_026_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1826/projeto_projeto_de_lei_026_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1827/projeto_projeto_de_lei_027_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1827/projeto_projeto_de_lei_027_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENT0 VIGENTE E DÁ OUTRAS_x000D_
 PROVIDÈNCIAS.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1828/projeto_projeto_de_lei_028_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1828/projeto_projeto_de_lei_028_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÈNCIAS.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1829/projeto_projeto_de_lei_029_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1829/projeto_projeto_de_lei_029_2011.pdf</t>
   </si>
   <si>
     <t>“Modifica as Leis Municipais n°. 1.000/2010 e n°. 1.031/2010 e dá outras providências".</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1830/projeto_projeto_de_lei_030_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1830/projeto_projeto_de_lei_030_2011.pdf</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1831/projeto_projeto_de_lei_031_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1831/projeto_projeto_de_lei_031_2011.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 4° DA LEI 991/2010 QUE DOA UM TERRRENO Á FACULDADE DE ROLIM DE MOURA E DÁ_x000D_
 OUTRAS PROVIDÈNCIAS.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1832/projeto_projeto_de_lei_032_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1832/projeto_projeto_de_lei_032_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AEERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÈNCIAS.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1833/projeto_projeto_de_lei_033_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1833/projeto_projeto_de_lei_033_2011.pdf</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1834/projeto_projeto_de_lei_034_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1834/projeto_projeto_de_lei_034_2011.pdf</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1835/projeto_projeto_de_lei_036_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1835/projeto_projeto_de_lei_036_2011.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE NOVA CARGA HORARIA PARA OS PROFISSIONAIS DA SAÚDE E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1836/projeto_projeto_de_lei_037_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1836/projeto_projeto_de_lei_037_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AEERTURA DE CRÉTIDO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÈNCIAS.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1837/projeto_projeto_de_lei_038_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1837/projeto_projeto_de_lei_038_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR ACUMULAÇÃO DE DOTAÇÃO ORÇAMENTÁRIA_x000D_
 E DÁ OUTRAS PROVIDÈNCIAS.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1838/projeto_projeto_de_lei_039_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1838/projeto_projeto_de_lei_039_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS_x000D_
 PROVIDÈNCIAS.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1839/projeto_projeto_de_lei_040_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1839/projeto_projeto_de_lei_040_2011.pdf</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1840/projeto_projeto_de_lei_041_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1840/projeto_projeto_de_lei_041_2011.pdf</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1841/projeto_projeto_de_lei_042_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1841/projeto_projeto_de_lei_042_2011.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A FEIRA LIVRE MUNICIPAL DE SÃO MIGUEL DO GUAPORÉ E DA OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1842/projeto_projeto_de_lei_043_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1842/projeto_projeto_de_lei_043_2011.pdf</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1843/projeto_projeto_de_lei_044_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1843/projeto_projeto_de_lei_044_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ UTRRRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1844/projeto_projeto_de_lei_046_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1844/projeto_projeto_de_lei_046_2011.pdf</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1845/projeto_projeto_de_lei_047_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1845/projeto_projeto_de_lei_047_2011.pdf</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1846/projeto_projeto_de_lei_048_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1846/projeto_projeto_de_lei_048_2011.pdf</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1847/projeto_projeto_de_lei_049_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1847/projeto_projeto_de_lei_049_2011.pdf</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1848/projeto_projeto_de_lei_050_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1848/projeto_projeto_de_lei_050_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ANISTIA DE MULTA, JUROS E CORREÇÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1849/projeto_projeto_de_lei_051_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1849/projeto_projeto_de_lei_051_2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A FIRMAR CONVÊNIO COM A FEDERAÇÃO DE MOTOCICLISMO DO ESTADO DE RONDÔNIA E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1850/projeto_projeto_de_lei_052_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1850/projeto_projeto_de_lei_052_2011.pdf</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1851/projeto_projeto_de_lei_53_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1851/projeto_projeto_de_lei_53_2011.pdf</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1852/projeto_projeto_de_lei_055_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1852/projeto_projeto_de_lei_055_2011.pdf</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1853/projeto_projeto_de_lei_056_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1853/projeto_projeto_de_lei_056_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AEERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE .</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1854/projeto_projeto_de_lei_058_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1854/projeto_projeto_de_lei_058_2011.pdf</t>
   </si>
   <si>
     <t>MODIFICA A LEI MUNICIPAL n° 1.122/2011, QUE DISPÕE SOBRE A FEIRA LIVRE MUNICIPAL DE SÃO MIGUEL DO GUAPORÉ E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1855/projeto_projeto_de_lei_059_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1855/projeto_projeto_de_lei_059_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÈNCIAS.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1856/projeto_projeto_de_lei_062_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1856/projeto_projeto_de_lei_062_2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A PROCEDER A PERMUTA DOS LOTES 78 A E 135 DA QUADRA 42 SETOR 004 no CLUBE DOS_x000D_
 DESBRAVADORES PELO LOTE 225 E 240 DA QUADRA 63 LOTE 03 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1857/projeto_projeto_de_lei_063_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1857/projeto_projeto_de_lei_063_2011.pdf</t>
   </si>
   <si>
     <t>"Modifica a Lei n.° 471/2003 QUE "Dispõe sobre a Estrutura Organizacional e o Plano de Cargos_x000D_
 Carreira e Salários da Câmara Municipal de São Miguel do Guaporé e dá Outras Providências".</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1858/projeto_projeto_de_lei_064_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1858/projeto_projeto_de_lei_064_2011.pdf</t>
   </si>
   <si>
     <t>"Modifica a Lei n.° 471/2003 QUE "Dispõe sobre a Estrutura Organizacional e o Plano de Cargos Carreira e Salários da Câmara Municipal de São_x000D_
 Miguel do Guaporé e dá Outras Providências".</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1859/projeto_projeto_de_lei_065_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1859/projeto_projeto_de_lei_065_2011.pdf</t>
   </si>
   <si>
     <t>“DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇAO DE TAXISTA DE SÃO MIGUEL DO GUAPORÉ - ATAXISMIG.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1860/projeto_projeto_de_lei_066_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1860/projeto_projeto_de_lei_066_2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ A CRIAR NOVAS VASAS PARA O FREENCHIMENTO DO QUADRO_x000D_
 EFETIVO DE SERVIDORES E DÁ OUTRAS PROVIDÈNCIAS.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1861/projeto_projeto_de_lei_067_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1861/projeto_projeto_de_lei_067_2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO DE PESSOAL PARA ATENDER NECESSIDADE TEMPORÁRIA E EXCEPCIONAL DE_x000D_
 INTERESSE PÚBLICO E DÁ OUTRAS PROVIDÈNCIAS.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1862/projeto_projeto_de_lei_068_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1862/projeto_projeto_de_lei_068_2011.pdf</t>
   </si>
   <si>
     <t>"Altera alíquota de contribuição previdenciária do Regime Próprio de Previdência Social do Município de São Miguel do Guaporé Rondônia,_x000D_
 e dá outras providências".</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1863/projeto_projeto_de_lei_069_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1863/projeto_projeto_de_lei_069_2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRIBUIR MENSALMENTE COM AS ENTIDADES DE REPRESENTAÇÃ0 DO ESTADO DE RONDÔNIA.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1864/projeto_projeto_de_lei_070_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1864/projeto_projeto_de_lei_070_2011.pdf</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1865/projeto_projeto_de_lei_071_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1865/projeto_projeto_de_lei_071_2011.pdf</t>
   </si>
   <si>
     <t>"Revoga o item 11 do anexo lll-A da Lei Municipal n° 613/2005 e dispõe sobre a regulamentação da Carga Horária dos_x000D_
 Servidores Públicos que exerçam o cargo de Fisioterapeutas e dá outras providências."</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1866/projeto_projeto_de_lei_072_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1866/projeto_projeto_de_lei_072_2011.pdf</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1867/projeto_projeto_de_lei_073_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1867/projeto_projeto_de_lei_073_2011.pdf</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1868/projeto_projeto_de_lei_074_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1868/projeto_projeto_de_lei_074_2011.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL 990/2010, QUANT0 AO PERÍODO DE MANDATO DOS MEMBROS DO CAE</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1869/projeto_projeto_de_lei_075_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1869/projeto_projeto_de_lei_075_2011.pdf</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1870/projeto_projeto_de_lei_079_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1870/projeto_projeto_de_lei_079_2011.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO ÁREA DE EXPANSÃO URBANA, NA FORMA DO PLANO DIRETOR, OS IMÓVEIS A SEGUIR RELACIONADOS E DÁ_x000D_
 OUTRAS PROVIDÈNCIAS.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1871/projeto_projeto_de_lei_080_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1871/projeto_projeto_de_lei_080_2011.pdf</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1872/projeto_projeto_de_lei_081_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1872/projeto_projeto_de_lei_081_2011.pdf</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1873/projeto_projeto_de_lei_082_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1873/projeto_projeto_de_lei_082_2011.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do Código Ambiental do Município de São Miguel do Guaporé e dá outras providências.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1874/projeto_projeto_de_lei_083_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1874/projeto_projeto_de_lei_083_2011.pdf</t>
   </si>
   <si>
     <t>"Acrescenta artigos na Lei 1048/2010 que "Dispõe sobre a instituição e gestão do Plano de Cargos, Salários e remuneração_x000D_
 dos profissionais da educação pública municipal' e dá outras providências".</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1875/projeto_projeto_de_lei_084_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1875/projeto_projeto_de_lei_084_2011.pdf</t>
   </si>
   <si>
     <t>"Denomina JOÃO MANUEL VARÅO GALINA a Creche Municipal da outras providências.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1876/projeto_projeto_de_lei_085_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1876/projeto_projeto_de_lei_085_2011.pdf</t>
   </si>
   <si>
     <t>"Denomina CORA CORALINA a Biblioteca Pública Municipal dá outras providências.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1877/projeto_projeto_de_lei_86_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1877/projeto_projeto_de_lei_86_2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR DOAÇÃO DE IMÓVEIS SEM ENCARGO E DÁ OUTRAS PROVIDÈNCIAS.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1878/projeto_projeto_de_lei_087_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1878/projeto_projeto_de_lei_087_2011.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO ÁREA DE EXPANSÃO URBANA, NA FORMA DO PLANO DIRETOR OS IMÓVEIS A SEGUIR RELACIONADOS E DÁ_x000D_
 OUTRAS PROVIDÈNCIAS.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1879/projeto_projeto_de_lei_89_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1879/projeto_projeto_de_lei_89_2011.pdf</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1880/projeto_projeto_de_lei_090_2011.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1880/projeto_projeto_de_lei_090_2011.pdf</t>
   </si>
   <si>
     <t>ALTERA E COMPLEMENTA A LEI MUNICIPAL 1076/2010, QUE DISPÕE SOBRE O PARCELAMENTO DO SOLO URBANO DE SÃO_x000D_
 MIGUEL DO GUAPORÉ E DÁ OUTRAS PROVIDÈNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1298,67 +1298,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1802/projeto_projeto_de_lei_001_2011.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1803/projeto_projeto_de_lei_002_2011.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1804/projeto_projeto_de_lei_003_2011_2.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1805/projeto_projeto_de_lei_005_2011.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1806/projeto_projeto_de_lei_006_2011.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1807/projeto_projeto_de_lei_007_2011.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1808/projeto_projeto_de_lei_008_2011.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1809/projeto_projeto_de_lei_009_2011.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1810/projeto_projeto_de_lei_010_2011.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1811/projeto_projeto_de_lei_011_2011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1812/projeto_projeto_de_lei_012_2011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1813/projeto_projeto_de_lei_013_2011.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1814/projeto_projeto_de_lei_014_2011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1815/projeto_projeto_de_lei_015_2011.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1816/projeto_projeto_de_lei_016_2011.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1817/projeto_projeto_de_lei_017_2011_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1818/projeto_projeto_de_lei_018_2011.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1819/projeto_projeto_de_lei_019_2011.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1820/projeto_projeto_de_lei_020_2011.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1821/projeto_projeto_de_lei_21_2011.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1822/projeto_projeto_de_lei_22_2011.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1823/projeto_projeto_de_lei_023_2011.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1824/projeto_projeto_de_lei_024_2011.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1825/projeto_projeto_de_lei_025_2011.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1826/projeto_projeto_de_lei_026_2011.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1827/projeto_projeto_de_lei_027_2011.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1828/projeto_projeto_de_lei_028_2011.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1829/projeto_projeto_de_lei_029_2011.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1830/projeto_projeto_de_lei_030_2011.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1831/projeto_projeto_de_lei_031_2011.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1832/projeto_projeto_de_lei_032_2011.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1833/projeto_projeto_de_lei_033_2011.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1834/projeto_projeto_de_lei_034_2011.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1835/projeto_projeto_de_lei_036_2011.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1836/projeto_projeto_de_lei_037_2011.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1837/projeto_projeto_de_lei_038_2011.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1838/projeto_projeto_de_lei_039_2011.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1839/projeto_projeto_de_lei_040_2011.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1840/projeto_projeto_de_lei_041_2011.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1841/projeto_projeto_de_lei_042_2011.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1842/projeto_projeto_de_lei_043_2011.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1843/projeto_projeto_de_lei_044_2011.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1844/projeto_projeto_de_lei_046_2011.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1845/projeto_projeto_de_lei_047_2011.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1846/projeto_projeto_de_lei_048_2011.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1847/projeto_projeto_de_lei_049_2011.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1848/projeto_projeto_de_lei_050_2011.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1849/projeto_projeto_de_lei_051_2011.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1850/projeto_projeto_de_lei_052_2011.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1851/projeto_projeto_de_lei_53_2011.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1852/projeto_projeto_de_lei_055_2011.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1853/projeto_projeto_de_lei_056_2011.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1854/projeto_projeto_de_lei_058_2011.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1855/projeto_projeto_de_lei_059_2011.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1856/projeto_projeto_de_lei_062_2011.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1857/projeto_projeto_de_lei_063_2011.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1858/projeto_projeto_de_lei_064_2011.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1859/projeto_projeto_de_lei_065_2011.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1860/projeto_projeto_de_lei_066_2011.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1861/projeto_projeto_de_lei_067_2011.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1862/projeto_projeto_de_lei_068_2011.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1863/projeto_projeto_de_lei_069_2011.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1864/projeto_projeto_de_lei_070_2011.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1865/projeto_projeto_de_lei_071_2011.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1866/projeto_projeto_de_lei_072_2011.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1867/projeto_projeto_de_lei_073_2011.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1868/projeto_projeto_de_lei_074_2011.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1869/projeto_projeto_de_lei_075_2011.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1870/projeto_projeto_de_lei_079_2011.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1871/projeto_projeto_de_lei_080_2011.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1872/projeto_projeto_de_lei_081_2011.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1873/projeto_projeto_de_lei_082_2011.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1874/projeto_projeto_de_lei_083_2011.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1875/projeto_projeto_de_lei_084_2011.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1876/projeto_projeto_de_lei_085_2011.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1877/projeto_projeto_de_lei_86_2011.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1878/projeto_projeto_de_lei_087_2011.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1879/projeto_projeto_de_lei_89_2011.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1880/projeto_projeto_de_lei_090_2011.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1802/projeto_projeto_de_lei_001_2011.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1803/projeto_projeto_de_lei_002_2011.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1804/projeto_projeto_de_lei_003_2011_2.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1805/projeto_projeto_de_lei_005_2011.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1806/projeto_projeto_de_lei_006_2011.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1807/projeto_projeto_de_lei_007_2011.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1808/projeto_projeto_de_lei_008_2011.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1809/projeto_projeto_de_lei_009_2011.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1810/projeto_projeto_de_lei_010_2011.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1811/projeto_projeto_de_lei_011_2011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1812/projeto_projeto_de_lei_012_2011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1813/projeto_projeto_de_lei_013_2011.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1814/projeto_projeto_de_lei_014_2011.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1815/projeto_projeto_de_lei_015_2011.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1816/projeto_projeto_de_lei_016_2011.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1817/projeto_projeto_de_lei_017_2011_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1818/projeto_projeto_de_lei_018_2011.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1819/projeto_projeto_de_lei_019_2011.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1820/projeto_projeto_de_lei_020_2011.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1821/projeto_projeto_de_lei_21_2011.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1822/projeto_projeto_de_lei_22_2011.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1823/projeto_projeto_de_lei_023_2011.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1824/projeto_projeto_de_lei_024_2011.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1825/projeto_projeto_de_lei_025_2011.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1826/projeto_projeto_de_lei_026_2011.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1827/projeto_projeto_de_lei_027_2011.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1828/projeto_projeto_de_lei_028_2011.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1829/projeto_projeto_de_lei_029_2011.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1830/projeto_projeto_de_lei_030_2011.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1831/projeto_projeto_de_lei_031_2011.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1832/projeto_projeto_de_lei_032_2011.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1833/projeto_projeto_de_lei_033_2011.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1834/projeto_projeto_de_lei_034_2011.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1835/projeto_projeto_de_lei_036_2011.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1836/projeto_projeto_de_lei_037_2011.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1837/projeto_projeto_de_lei_038_2011.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1838/projeto_projeto_de_lei_039_2011.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1839/projeto_projeto_de_lei_040_2011.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1840/projeto_projeto_de_lei_041_2011.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1841/projeto_projeto_de_lei_042_2011.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1842/projeto_projeto_de_lei_043_2011.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1843/projeto_projeto_de_lei_044_2011.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1844/projeto_projeto_de_lei_046_2011.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1845/projeto_projeto_de_lei_047_2011.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1846/projeto_projeto_de_lei_048_2011.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1847/projeto_projeto_de_lei_049_2011.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1848/projeto_projeto_de_lei_050_2011.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1849/projeto_projeto_de_lei_051_2011.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1850/projeto_projeto_de_lei_052_2011.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1851/projeto_projeto_de_lei_53_2011.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1852/projeto_projeto_de_lei_055_2011.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1853/projeto_projeto_de_lei_056_2011.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1854/projeto_projeto_de_lei_058_2011.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1855/projeto_projeto_de_lei_059_2011.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1856/projeto_projeto_de_lei_062_2011.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1857/projeto_projeto_de_lei_063_2011.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1858/projeto_projeto_de_lei_064_2011.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1859/projeto_projeto_de_lei_065_2011.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1860/projeto_projeto_de_lei_066_2011.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1861/projeto_projeto_de_lei_067_2011.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1862/projeto_projeto_de_lei_068_2011.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1863/projeto_projeto_de_lei_069_2011.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1864/projeto_projeto_de_lei_070_2011.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1865/projeto_projeto_de_lei_071_2011.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1866/projeto_projeto_de_lei_072_2011.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1867/projeto_projeto_de_lei_073_2011.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1868/projeto_projeto_de_lei_074_2011.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1869/projeto_projeto_de_lei_075_2011.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1870/projeto_projeto_de_lei_079_2011.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1871/projeto_projeto_de_lei_080_2011.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1872/projeto_projeto_de_lei_081_2011.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1873/projeto_projeto_de_lei_082_2011.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1874/projeto_projeto_de_lei_083_2011.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1875/projeto_projeto_de_lei_084_2011.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1876/projeto_projeto_de_lei_085_2011.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1877/projeto_projeto_de_lei_86_2011.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1878/projeto_projeto_de_lei_087_2011.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1879/projeto_projeto_de_lei_89_2011.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2011/1880/projeto_projeto_de_lei_090_2011.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="206.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>