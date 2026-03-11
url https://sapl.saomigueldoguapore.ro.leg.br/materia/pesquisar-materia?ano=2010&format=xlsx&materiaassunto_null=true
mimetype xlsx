--- v0 (2025-12-09)
+++ v1 (2026-03-11)
@@ -51,1190 +51,1190 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1689/projeto_projeto_de_lei_002_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1689/projeto_projeto_de_lei_002_2010.pdf</t>
   </si>
   <si>
     <t>"DIPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO_x000D_
 VIGENTE E DÁ OUTRAS PROVIDÈNCIAS".</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1690/projeto_projeto_de_lei_003_2010_1.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1690/projeto_projeto_de_lei_003_2010_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR TERMO DE_x000D_
 COMODATO DE VEÍCULO EM FAVOR DA AASMG E DÁ OUTRAS_x000D_
 PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1691/projeto_projeto_de_lei_004_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1691/projeto_projeto_de_lei_004_2010.pdf</t>
   </si>
   <si>
     <t>Institui sanções por infrações a normas de cuidados_x000D_
 sanitários e o Fundo de Aparelhamento de_x000D_
 Atividades Sanitárias.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1692/projeto_projeto_de_lei_005_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1692/projeto_projeto_de_lei_005_2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL_x000D_
 SUPLEMENTAR E E DÁ OUTRAS PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1693/projeto_projeto_de_lei_006_2010_1.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1693/projeto_projeto_de_lei_006_2010_1.pdf</t>
   </si>
   <si>
     <t>Instítui cominações aos proprietários ou_x000D_
 possuidores de imóveis onde for encontrado_x000D_
 foco de mosquito aedes egyptí, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1694/projeto_projeto_de_lei_007_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1694/projeto_projeto_de_lei_007_2010.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal N° 807/2007 e_x000D_
 dá outras providências".</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1704/projeto_projeto_de_lei_008_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1704/projeto_projeto_de_lei_008_2010.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei Municipal nº 249 de 11 de maio de 1998, e dá outras providências.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1705/projeto_projeto_de_lei_009_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1705/projeto_projeto_de_lei_009_2010.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICINAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1706/projeto_projeto_de_lei_016_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1706/projeto_projeto_de_lei_016_2010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a finalidade do imóvel desapropriado pelo Decreto 2151 de 28 de dezembro de 2007 e dá outras providências.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal n°. 217 de 22 de setembro de 1997, e dá outras providências.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1708/projeto_projeto_de_lei_012_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1708/projeto_projeto_de_lei_012_2010.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O EXECUTIVO MUNICIPAL A DESENVOLVER AÇÕES PARA IMPLEMENTAR O PROGRAMA MINHA CASA, MINHA VIDA (PMCMV),_x000D_
 ESTABELECIDO PELA LEI FEDERAL N° 11.977/2009 E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1709/projeto_projeto_de_lei_13_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1709/projeto_projeto_de_lei_13_2010.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Alimentação Escolar, e dá outras providências.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1710/projeto_projeto_de_lei_015_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1710/projeto_projeto_de_lei_015_2010.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICINAL SUPLEMENTAR E DÁ OUTRAS PROVIDÉNCIAS",</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1711/projeto_projeto_de_lei_016_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1711/projeto_projeto_de_lei_016_2010.pdf</t>
   </si>
   <si>
     <t>"DECLARA ASSOCIAÇÃO DOS PESCADORES ESPORTIVOS E DE PRESERVAÇÃO AMBIENTAL DO RIO SÃO MIGUEL".</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1712/projeto_projeto_de_lei_017_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1712/projeto_projeto_de_lei_017_2010.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1713/projeto_projeto_de_lei_018_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1713/projeto_projeto_de_lei_018_2010.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação dos materiais do posto de saúde da linha 102 km sul 15 ao senhor Antônio Alves da Cruz.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1714/projeto_projeto_de_lei_019_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1714/projeto_projeto_de_lei_019_2010.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÉNCIAS".</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1715/projeto_projeto_de_lei_020_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1715/projeto_projeto_de_lei_020_2010.pdf</t>
   </si>
   <si>
     <t>"Cria no âmbito do município de São Miguel do Guaporé/RO o Serviço de transporte individual de passageiros - MOTO TAXI e dá_x000D_
 outras providências."</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1716/projeto_projeto_de_lei_21_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1716/projeto_projeto_de_lei_21_2010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Teatro Municipal de São Miguel do Guaporé e dá outras providências".</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1717/projeto_projeto_de_lei_022_2010_1.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1717/projeto_projeto_de_lei_022_2010_1.pdf</t>
   </si>
   <si>
     <t>Modifica o quadro de vagas dos cargos efetivos do quadro permanente relacionados nos anexos III e IIIB_x000D_
 da Lei n°. 202/97, e dá outras providências.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1718/projeto_projeto_de_lei_023_2010_2.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1718/projeto_projeto_de_lei_023_2010_2.pdf</t>
   </si>
   <si>
     <t>"Autoriza o poder executivo firmar termo de cooperação técnica com outros municípios visando o cumprimento da Lei Federal n.° 11.445/07 e dá outras_x000D_
 providências".</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1719/projeto_projeto_de_lei_024_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1719/projeto_projeto_de_lei_024_2010.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL N.° 202/97 CRIANDO E EXTINGUINDO CARGO NO QUADRO EFETIVO E DA OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1720/projeto_projeto_de_lei_025_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1720/projeto_projeto_de_lei_025_2010.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA 0 CHEFE DO PODER EXECUTIVO MUNICIPAL A REALIZAR LEILÃO PUBLICO PARA DESALIENAÇÃO DE BENS CONSIDERÁDOS INSERVÍVEIS E_x000D_
 DA OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1721/projeto_projeto_de_lei_026_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1721/projeto_projeto_de_lei_026_2010.pdf</t>
   </si>
   <si>
     <t>"Amplia a área urbana do Município de São Miguel do Guaporé e dá outras providências".</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1722/projeto_projeto_de_lei_027_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1722/projeto_projeto_de_lei_027_2010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentaria de 2011 e da outras providências.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1723/projeto_projeto_de_lei_028_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1723/projeto_projeto_de_lei_028_2010.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVÍDÊNCIAS".</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1724/projeto_projeto_de_lei_29_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1724/projeto_projeto_de_lei_29_2010.pdf</t>
   </si>
   <si>
     <t>"Cria cargo efetivo na estrutura administrativa municipal e dá outras providências."</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1725/projeto_projeto_de_lei_30_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1725/projeto_projeto_de_lei_30_2010.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DA OUTRAS FROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1726/projeto_projeto_de_lei_031_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1726/projeto_projeto_de_lei_031_2010.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação da Quadra Poliesportiva de São Miguel do Guaporé e dá outras providências".</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1727/projeto_projeto_de_lei_033_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1727/projeto_projeto_de_lei_033_2010.pdf</t>
   </si>
   <si>
     <t>"AItera a Lei Municipal 202/1997, criando cargo em comissão e dá outras providências".</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1728/projeto_projeto_de_lei_034_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1728/projeto_projeto_de_lei_034_2010.pdf</t>
   </si>
   <si>
     <t>"Autoriza O Executivo Municipal a efetuar firmar convênio com a Federação de Motociclismo do Estado de Rondônia e dá outras providências".</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1729/projeto_projeto_de_lei_035_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1729/projeto_projeto_de_lei_035_2010.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1730/projeto_projeto_de_lei_036_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1730/projeto_projeto_de_lei_036_2010.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICINAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1731/projeto_projeto_de_lei_037_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1731/projeto_projeto_de_lei_037_2010.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNClAS”.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1732/projeto_projeto_de_lei_038_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1732/projeto_projeto_de_lei_038_2010.pdf</t>
   </si>
   <si>
     <t>*‘DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICINAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS_x000D_
 PROVIDÊNClAS".</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1733/projeto_projeto_de_lei_039_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1733/projeto_projeto_de_lei_039_2010.pdf</t>
   </si>
   <si>
     <t>"ABRE CREDITO ADICIONAL ESPECIAL NO VALOR DE R$ 1.039.223,97 (hum milhão, trinta e nove mil, duzentos e vinte e três reais e noventa e sete centavos) NO ORÇAMENTO PROGRAMA PARA O EXERCICIO VIGENTE E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1734/projeto_projeto_de_lei_040_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1734/projeto_projeto_de_lei_040_2010.pdf</t>
   </si>
   <si>
     <t>"Autoriza O Executivo Municipal a efetuar firmar convênio com a UNIR e dá outras providências".</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1735/projeto_projeto_de_lei_41_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1735/projeto_projeto_de_lei_41_2010.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA A CONSTRUÇÃO E REFORMA_DE POSTOS DE REVENDA DE COMBUSTÍVEIS NO MUNICÍPIO DE SÃO_x000D_
 MIGUEL DO GUAPORÉ e da outras providências".</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1736/projeto_projeto_de_lei_042_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1736/projeto_projeto_de_lei_042_2010.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A GRATIFICAÇÃO DE PRODUTIVIDADE E INCENTIVO AOS SERVIDORES DA RECEITA E DA OUTRAS PROVIDÊNClAS".</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1737/projeto_projeto_de_lei_043_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1737/projeto_projeto_de_lei_043_2010.pdf</t>
   </si>
   <si>
     <t>"CRIA O PROGRAMA MUNICIPAL ADOLESCENTE APRENDIZ E DA OUTRAS PROVlDÊNClAS."</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1738/projeto_projeto_de_lei_044_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1738/projeto_projeto_de_lei_044_2010.pdf</t>
   </si>
   <si>
     <t>"Acrescenta vagas ao quadro de servidores públicos municipais efetivos e dá outras providências'.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1739/projeto_projeto_de_lei_045_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1739/projeto_projeto_de_lei_045_2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOERE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1740/projeto_projeto_de_lei_046_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1740/projeto_projeto_de_lei_046_2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOERE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1741/projeto_projeto_de_lei_047_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1741/projeto_projeto_de_lei_047_2010.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL N.° 202/97 DEFININDO NOVA ESTRUTURA ORGANIZACIONAL DA PREFEITURA MUNICIPAL_x000D_
 DE SÃO MIGUEL DO GUAPORÉ E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1742/projeto_projeto_de_lei_048_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1742/projeto_projeto_de_lei_048_2010.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a efetuar firmar convênio com a AEFAVAG e dá outras providências".</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1743/projeto_projeto_de_lei_049_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1743/projeto_projeto_de_lei_049_2010.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICIPIO DE SÃO MIGUEL DO GUAPORÉ A CONTRATAR ESTAGIÁRIOS, OFERECER BOLSA ESTÁGIO E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1744/projeto_projeto_de_lei_050_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1744/projeto_projeto_de_lei_050_2010.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1745/projeto_projeto_de_lei_051_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1745/projeto_projeto_de_lei_051_2010.pdf</t>
   </si>
   <si>
     <t>Modifica o quadro de vagas do Anexo III-B da Lei Municipal 202/97 e dá outras providências.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1746/projeto_projeto_de_lei_052_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1746/projeto_projeto_de_lei_052_2010.pdf</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1747/projeto_projeto_de_lei_054_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1747/projeto_projeto_de_lei_054_2010.pdf</t>
   </si>
   <si>
     <t>"Vincula a UPF - Unidade de Padrão Fiscal do Município de São Miguel do Guaporé à UPF - Unidade de Padrão_x000D_
 Fiscal do Estado de Rondônia e dá outras providências".</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1748/projeto_projeto_de_lei_055_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1748/projeto_projeto_de_lei_055_2010.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a efetuar Termo de Convênio em favor da AASMG e dá outras providencias".</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1749/projeto_projeto_de_lei_056_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1749/projeto_projeto_de_lei_056_2010.pdf</t>
   </si>
   <si>
     <t>"DlSPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNClAS”.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1750/projeto_projeto_de_lei_057_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1750/projeto_projeto_de_lei_057_2010.pdf</t>
   </si>
   <si>
     <t>“D1SPóE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNClAS’.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1753/projeto_projeto_de_lei_058_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1753/projeto_projeto_de_lei_058_2010.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL 'ESPECIAL NO ORÇAMENTO VIGENTE E DA OUTRAS PROVlDÊNCIAS”.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1754/projeto_projeto_de_lei_059_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1754/projeto_projeto_de_lei_059_2010.pdf</t>
   </si>
   <si>
     <t>"AItera a Lei Municipal 588/2004 e dá outras providências".</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1755/projeto_projeto_de_lei_060_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1755/projeto_projeto_de_lei_060_2010.pdf</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1756/projeto_projeto_de_lei_061_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1756/projeto_projeto_de_lei_061_2010.pdf</t>
   </si>
   <si>
     <t>"DlSPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVlDÊNClAS”.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1757/projeto_projeto_de_lei_062_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1757/projeto_projeto_de_lei_062_2010.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICINAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1758/projeto_projeto_de_lei_63_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1758/projeto_projeto_de_lei_63_2010.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICINAL ESPECIAL NO ORÇAMENTO VIGENTE E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1759/projeto_projeto_de_lei_064_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1759/projeto_projeto_de_lei_064_2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR DOAÇÃO DE MATERIAIS DE CONSTRUÇÃO DE ESCOLA DESATIVADA E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1760/projeto_projeto_de_lei_065_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1760/projeto_projeto_de_lei_065_2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER GRATIFICAÇÃO NA MODALIDADE DE JETON AOS MEMBROS DO CONSELHO MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1761/projeto_projeto_de_lei_066_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1761/projeto_projeto_de_lei_066_2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1762/projeto_projeto_de_lei_067_2010_1.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1762/projeto_projeto_de_lei_067_2010_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICINAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1763/projeto_projeto_de_lei_068_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1763/projeto_projeto_de_lei_068_2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1764/projeto_projeto_de_lei_069_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1764/projeto_projeto_de_lei_069_2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A AFETUAR FIRMAR CONVÊNIO COM A ARFF ESCOLA FAMÍLIA AGRÍCOLA CHICO_x000D_
 MENDES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1765/projeto_projeto_de_lei_070_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1765/projeto_projeto_de_lei_070_2010.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DA BASE ORÇAMENTÁRIA CRIADA PELA LEI MUNICIPAL n° 1017/2010, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1766/projeto_projeto_de_lei_071_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1766/projeto_projeto_de_lei_071_2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1767/projeto_projeto_de_lei_072_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1767/projeto_projeto_de_lei_072_2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOERE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1768/projeto_projeto_de_lei_074_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1768/projeto_projeto_de_lei_074_2010.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O ORÇAMENTO PROGRAMA REFERENTE AO EXERCÍCIO DE 2011.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1769/projeto_projeto_de_lei_076_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1769/projeto_projeto_de_lei_076_2010.pdf</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1771/projeto_projeto_de_lei_078_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1771/projeto_projeto_de_lei_078_2010.pdf</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1772/projeto_projeto_de_lei_079_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1772/projeto_projeto_de_lei_079_2010.pdf</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1773/projeto_projeto_de_lei_80_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1773/projeto_projeto_de_lei_80_2010.pdf</t>
   </si>
   <si>
     <t>"MODIFICA A LEI Nº 471/2003 QUE "DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL E O PLANO DE CARGOS_x000D_
 CARREIRA E SALÁRIOS DA CÂMARA MUNICIPAL DE SÃO MIGUEL DO GUAPORÉ E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1774/projeto_projeto_de_lei_081_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1774/projeto_projeto_de_lei_081_2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A EFETUAR FIRMAR CONVÊNIO COM A APAE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1775/projeto_projeto_de_lei_083_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1775/projeto_projeto_de_lei_083_2010.pdf</t>
   </si>
   <si>
     <t>CRIA O AUXILIO ALIMENTAÇÃO EM FAVOR DOS SERVIDORES PÚBLICOS MUNICIPAIS EFETIVOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1776/projeto_projeto_de_lei_084_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1776/projeto_projeto_de_lei_084_2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTRAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1777/projeto_projeto_de_lei_085_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1777/projeto_projeto_de_lei_085_2010.pdf</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1778/projeto_projeto_de_lei_086_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1778/projeto_projeto_de_lei_086_2010.pdf</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1779/projeto_projeto_de_lei_087_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1779/projeto_projeto_de_lei_087_2010.pdf</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1780/projeto_projeto_de_lei_089_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1780/projeto_projeto_de_lei_089_2010.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO RURAL E PECUARIA - ASRPE DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ-RO."</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1786/projeto_projeto_de_lei_90_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1786/projeto_projeto_de_lei_90_2010.pdf</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1787/projeto_projeto_de_lei_91_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1787/projeto_projeto_de_lei_91_2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A EFETUAR A CONCESSÃO DE EQUIPAMENTO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1788/projeto_projeto_de_lei_92_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1788/projeto_projeto_de_lei_92_2010.pdf</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1789/projeto_projeto_de_lei_093_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1789/projeto_projeto_de_lei_093_2010.pdf</t>
   </si>
   <si>
     <t>“DECLARA DE UTILIDADE PÚBLICA A SOCIEDADE ESPORTIVA PRIMAVERA -  SOVERA MUNICIPIO SÃO_x000D_
 MIGUEL DO GUAPORE-RO.”</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1790/projeto_projeto_de_lei_094_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1790/projeto_projeto_de_lei_094_2010.pdf</t>
   </si>
   <si>
     <t>·'DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICINAL SUPLEMENTAR NO ORÇAMENTO VICENTE E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1791/projeto_projeto_de_lei_095_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1791/projeto_projeto_de_lei_095_2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICINAL ESPECIAL NO  ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1792/projeto_projeto_de_lei_096_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1792/projeto_projeto_de_lei_096_2010.pdf</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1793/projeto_projeto_de_lei_097_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1793/projeto_projeto_de_lei_097_2010.pdf</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1794/projeto_projeto_de_lei_098_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1794/projeto_projeto_de_lei_098_2010.pdf</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1795/projeto_projeto_de_lei_099_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1795/projeto_projeto_de_lei_099_2010.pdf</t>
   </si>
   <si>
     <t>"Altera a lei Municipal 661/2005 - Código Tributário Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1796/projeto_projeto_de_lei_100_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1796/projeto_projeto_de_lei_100_2010.pdf</t>
   </si>
   <si>
     <t>"Estabelece o piso municipal de vencimento e dá outras providências".</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1797/projeto_projeto_de_lei_101_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1797/projeto_projeto_de_lei_101_2010.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 202/97 CRIANDO CARGOS EFETIVOS E AMPLIAND0 O QUADRO DE VAGAS E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1798/projeto_projeto_de_lei_102_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1798/projeto_projeto_de_lei_102_2010.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA 0 MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ A REALIZAR CONCURSO PÚBLICO PARA PREENCHIMENTO DE QUADRO DE PROVIMENTO_x000D_
 EFETIVO E FORMAÇAO DE CADASTRO DE RESERVA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1799/projeto_projeto_de_lei_103_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1799/projeto_projeto_de_lei_103_2010.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL 995/2010 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1800/projeto_projeto_de_lei_104_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1800/projeto_projeto_de_lei_104_2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR NOMEAÇÕES TEMPORÁRIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1801/projeto_projeto_de_lei_106_2010.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1801/projeto_projeto_de_lei_106_2010.pdf</t>
   </si>
   <si>
     <t>"MODIFICA A LEI MUNICIPAL N.° 776/2007 QUE DISPOE SOBRE O PARCELAMENTO DO SOLO URBANO NO MUNICÍPIO DE SÃO_x000D_
 MIGUEL DO GUAPORÉ, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1542,67 +1542,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1689/projeto_projeto_de_lei_002_2010.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1690/projeto_projeto_de_lei_003_2010_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1691/projeto_projeto_de_lei_004_2010.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1692/projeto_projeto_de_lei_005_2010.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1693/projeto_projeto_de_lei_006_2010_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1694/projeto_projeto_de_lei_007_2010.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1704/projeto_projeto_de_lei_008_2010.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1705/projeto_projeto_de_lei_009_2010.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1706/projeto_projeto_de_lei_016_2010.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1708/projeto_projeto_de_lei_012_2010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1709/projeto_projeto_de_lei_13_2010.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1710/projeto_projeto_de_lei_015_2010.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1711/projeto_projeto_de_lei_016_2010.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1712/projeto_projeto_de_lei_017_2010.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1713/projeto_projeto_de_lei_018_2010.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1714/projeto_projeto_de_lei_019_2010.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1715/projeto_projeto_de_lei_020_2010.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1716/projeto_projeto_de_lei_21_2010.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1717/projeto_projeto_de_lei_022_2010_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1718/projeto_projeto_de_lei_023_2010_2.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1719/projeto_projeto_de_lei_024_2010.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1720/projeto_projeto_de_lei_025_2010.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1721/projeto_projeto_de_lei_026_2010.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1722/projeto_projeto_de_lei_027_2010.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1723/projeto_projeto_de_lei_028_2010.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1724/projeto_projeto_de_lei_29_2010.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1725/projeto_projeto_de_lei_30_2010.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1726/projeto_projeto_de_lei_031_2010.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1727/projeto_projeto_de_lei_033_2010.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1728/projeto_projeto_de_lei_034_2010.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1729/projeto_projeto_de_lei_035_2010.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1730/projeto_projeto_de_lei_036_2010.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1731/projeto_projeto_de_lei_037_2010.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1732/projeto_projeto_de_lei_038_2010.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1733/projeto_projeto_de_lei_039_2010.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1734/projeto_projeto_de_lei_040_2010.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1735/projeto_projeto_de_lei_41_2010.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1736/projeto_projeto_de_lei_042_2010.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1737/projeto_projeto_de_lei_043_2010.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1738/projeto_projeto_de_lei_044_2010.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1739/projeto_projeto_de_lei_045_2010.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1740/projeto_projeto_de_lei_046_2010.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1741/projeto_projeto_de_lei_047_2010.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1742/projeto_projeto_de_lei_048_2010.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1743/projeto_projeto_de_lei_049_2010.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1744/projeto_projeto_de_lei_050_2010.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1745/projeto_projeto_de_lei_051_2010.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1746/projeto_projeto_de_lei_052_2010.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1747/projeto_projeto_de_lei_054_2010.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1748/projeto_projeto_de_lei_055_2010.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1749/projeto_projeto_de_lei_056_2010.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1750/projeto_projeto_de_lei_057_2010.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1753/projeto_projeto_de_lei_058_2010.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1754/projeto_projeto_de_lei_059_2010.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1755/projeto_projeto_de_lei_060_2010.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1756/projeto_projeto_de_lei_061_2010.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1757/projeto_projeto_de_lei_062_2010.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1758/projeto_projeto_de_lei_63_2010.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1759/projeto_projeto_de_lei_064_2010.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1760/projeto_projeto_de_lei_065_2010.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1761/projeto_projeto_de_lei_066_2010.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1762/projeto_projeto_de_lei_067_2010_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1763/projeto_projeto_de_lei_068_2010.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1764/projeto_projeto_de_lei_069_2010.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1765/projeto_projeto_de_lei_070_2010.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1766/projeto_projeto_de_lei_071_2010.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1767/projeto_projeto_de_lei_072_2010.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1768/projeto_projeto_de_lei_074_2010.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1769/projeto_projeto_de_lei_076_2010.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1771/projeto_projeto_de_lei_078_2010.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1772/projeto_projeto_de_lei_079_2010.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1773/projeto_projeto_de_lei_80_2010.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1774/projeto_projeto_de_lei_081_2010.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1775/projeto_projeto_de_lei_083_2010.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1776/projeto_projeto_de_lei_084_2010.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1777/projeto_projeto_de_lei_085_2010.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1778/projeto_projeto_de_lei_086_2010.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1779/projeto_projeto_de_lei_087_2010.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1780/projeto_projeto_de_lei_089_2010.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1786/projeto_projeto_de_lei_90_2010.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1787/projeto_projeto_de_lei_91_2010.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1788/projeto_projeto_de_lei_92_2010.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1789/projeto_projeto_de_lei_093_2010.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1790/projeto_projeto_de_lei_094_2010.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1791/projeto_projeto_de_lei_095_2010.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1792/projeto_projeto_de_lei_096_2010.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1793/projeto_projeto_de_lei_097_2010.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1794/projeto_projeto_de_lei_098_2010.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1795/projeto_projeto_de_lei_099_2010.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1796/projeto_projeto_de_lei_100_2010.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1797/projeto_projeto_de_lei_101_2010.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1798/projeto_projeto_de_lei_102_2010.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1799/projeto_projeto_de_lei_103_2010.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1800/projeto_projeto_de_lei_104_2010.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1801/projeto_projeto_de_lei_106_2010.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1689/projeto_projeto_de_lei_002_2010.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1690/projeto_projeto_de_lei_003_2010_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1691/projeto_projeto_de_lei_004_2010.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1692/projeto_projeto_de_lei_005_2010.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1693/projeto_projeto_de_lei_006_2010_1.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1694/projeto_projeto_de_lei_007_2010.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1704/projeto_projeto_de_lei_008_2010.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1705/projeto_projeto_de_lei_009_2010.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1706/projeto_projeto_de_lei_016_2010.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1708/projeto_projeto_de_lei_012_2010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1709/projeto_projeto_de_lei_13_2010.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1710/projeto_projeto_de_lei_015_2010.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1711/projeto_projeto_de_lei_016_2010.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1712/projeto_projeto_de_lei_017_2010.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1713/projeto_projeto_de_lei_018_2010.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1714/projeto_projeto_de_lei_019_2010.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1715/projeto_projeto_de_lei_020_2010.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1716/projeto_projeto_de_lei_21_2010.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1717/projeto_projeto_de_lei_022_2010_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1718/projeto_projeto_de_lei_023_2010_2.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1719/projeto_projeto_de_lei_024_2010.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1720/projeto_projeto_de_lei_025_2010.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1721/projeto_projeto_de_lei_026_2010.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1722/projeto_projeto_de_lei_027_2010.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1723/projeto_projeto_de_lei_028_2010.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1724/projeto_projeto_de_lei_29_2010.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1725/projeto_projeto_de_lei_30_2010.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1726/projeto_projeto_de_lei_031_2010.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1727/projeto_projeto_de_lei_033_2010.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1728/projeto_projeto_de_lei_034_2010.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1729/projeto_projeto_de_lei_035_2010.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1730/projeto_projeto_de_lei_036_2010.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1731/projeto_projeto_de_lei_037_2010.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1732/projeto_projeto_de_lei_038_2010.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1733/projeto_projeto_de_lei_039_2010.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1734/projeto_projeto_de_lei_040_2010.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1735/projeto_projeto_de_lei_41_2010.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1736/projeto_projeto_de_lei_042_2010.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1737/projeto_projeto_de_lei_043_2010.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1738/projeto_projeto_de_lei_044_2010.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1739/projeto_projeto_de_lei_045_2010.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1740/projeto_projeto_de_lei_046_2010.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1741/projeto_projeto_de_lei_047_2010.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1742/projeto_projeto_de_lei_048_2010.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1743/projeto_projeto_de_lei_049_2010.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1744/projeto_projeto_de_lei_050_2010.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1745/projeto_projeto_de_lei_051_2010.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1746/projeto_projeto_de_lei_052_2010.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1747/projeto_projeto_de_lei_054_2010.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1748/projeto_projeto_de_lei_055_2010.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1749/projeto_projeto_de_lei_056_2010.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1750/projeto_projeto_de_lei_057_2010.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1753/projeto_projeto_de_lei_058_2010.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1754/projeto_projeto_de_lei_059_2010.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1755/projeto_projeto_de_lei_060_2010.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1756/projeto_projeto_de_lei_061_2010.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1757/projeto_projeto_de_lei_062_2010.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1758/projeto_projeto_de_lei_63_2010.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1759/projeto_projeto_de_lei_064_2010.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1760/projeto_projeto_de_lei_065_2010.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1761/projeto_projeto_de_lei_066_2010.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1762/projeto_projeto_de_lei_067_2010_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1763/projeto_projeto_de_lei_068_2010.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1764/projeto_projeto_de_lei_069_2010.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1765/projeto_projeto_de_lei_070_2010.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1766/projeto_projeto_de_lei_071_2010.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1767/projeto_projeto_de_lei_072_2010.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1768/projeto_projeto_de_lei_074_2010.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1769/projeto_projeto_de_lei_076_2010.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1771/projeto_projeto_de_lei_078_2010.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1772/projeto_projeto_de_lei_079_2010.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1773/projeto_projeto_de_lei_80_2010.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1774/projeto_projeto_de_lei_081_2010.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1775/projeto_projeto_de_lei_083_2010.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1776/projeto_projeto_de_lei_084_2010.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1777/projeto_projeto_de_lei_085_2010.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1778/projeto_projeto_de_lei_086_2010.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1779/projeto_projeto_de_lei_087_2010.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1780/projeto_projeto_de_lei_089_2010.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1786/projeto_projeto_de_lei_90_2010.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1787/projeto_projeto_de_lei_91_2010.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1788/projeto_projeto_de_lei_92_2010.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1789/projeto_projeto_de_lei_093_2010.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1790/projeto_projeto_de_lei_094_2010.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1791/projeto_projeto_de_lei_095_2010.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1792/projeto_projeto_de_lei_096_2010.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1793/projeto_projeto_de_lei_097_2010.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1794/projeto_projeto_de_lei_098_2010.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1795/projeto_projeto_de_lei_099_2010.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1796/projeto_projeto_de_lei_100_2010.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1797/projeto_projeto_de_lei_101_2010.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1798/projeto_projeto_de_lei_102_2010.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1799/projeto_projeto_de_lei_103_2010.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1800/projeto_projeto_de_lei_104_2010.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2010/1801/projeto_projeto_de_lei_106_2010.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="214.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>