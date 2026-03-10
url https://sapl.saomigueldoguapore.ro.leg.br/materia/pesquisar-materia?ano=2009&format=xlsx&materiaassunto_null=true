--- v0 (2025-10-14)
+++ v1 (2026-03-10)
@@ -51,152 +51,152 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1680/projeto_projeto_de_lei_001_2009.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1680/projeto_projeto_de_lei_001_2009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL N0 ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1681/projeto_projeto_de_lei_025_2009.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1681/projeto_projeto_de_lei_025_2009.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A CONTRATAÇÃO TEMPORARIA DE EXCEPCIONAL INTERESSE PUBLICO, A FIM DE SUPRIR AS NECESSIDADES URGENTES DA_x000D_
 SECRETQRIA MUNICIPAL DE EDUCAÇAO".</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1682/projeto_projeto_de_lei_038_2009.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1682/projeto_projeto_de_lei_038_2009.pdf</t>
   </si>
   <si>
     <t>“Regulamenta a concessão de diárias no âmbito da administração municipal e dá outras providências".</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1683/projeto_projeto_de_lei_040_2009.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1683/projeto_projeto_de_lei_040_2009.pdf</t>
   </si>
   <si>
     <t>"Altera o anexo I da Lei Municipal_x000D_
 921/2008 e dá outras providências".</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1684/projeto_projeto_de_lei_054_2009.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1684/projeto_projeto_de_lei_054_2009.pdf</t>
   </si>
   <si>
     <t>"AItera a Lei Municipal N° 938/2009 e_x000D_
 da outras providencias".</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1685/projeto_projeto_de_lei_061_2009.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1685/projeto_projeto_de_lei_061_2009.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Plurianual para o período de 2010 a_x000D_
 2013, e dá outras providências.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1686/projeto_projeto_de_lei_064_2009.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1686/projeto_projeto_de_lei_064_2009.pdf</t>
   </si>
   <si>
     <t>institui a LEI GERAL DA PREVIDENCIA_x000D_
 MUNICIPAL- LGPM, e dá outras providencias.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1687/projeto_projeto_de_lei_081_2009.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1687/projeto_projeto_de_lei_081_2009.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal N° 516/2009 e da outras providencias".</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1688/projeto_projeto_de_lei_084_2009.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1688/projeto_projeto_de_lei_084_2009.pdf</t>
   </si>
   <si>
     <t>“ESTIMA A RECEITA E FIXA A DESPESA PARA O ORÇAMENTO PROGRAMA REFERENTE AO_x000D_
 EXERCÍCIO DE 2010”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -504,67 +504,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1680/projeto_projeto_de_lei_001_2009.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1681/projeto_projeto_de_lei_025_2009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1682/projeto_projeto_de_lei_038_2009.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1683/projeto_projeto_de_lei_040_2009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1684/projeto_projeto_de_lei_054_2009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1685/projeto_projeto_de_lei_061_2009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1686/projeto_projeto_de_lei_064_2009.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1687/projeto_projeto_de_lei_081_2009.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1688/projeto_projeto_de_lei_084_2009.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1680/projeto_projeto_de_lei_001_2009.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1681/projeto_projeto_de_lei_025_2009.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1682/projeto_projeto_de_lei_038_2009.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1683/projeto_projeto_de_lei_040_2009.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1684/projeto_projeto_de_lei_054_2009.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1685/projeto_projeto_de_lei_061_2009.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1686/projeto_projeto_de_lei_064_2009.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1687/projeto_projeto_de_lei_081_2009.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2009/1688/projeto_projeto_de_lei_084_2009.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="116.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="117" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>