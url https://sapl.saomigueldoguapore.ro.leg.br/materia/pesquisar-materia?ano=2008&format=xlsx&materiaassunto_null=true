--- v0 (2026-01-23)
+++ v1 (2026-03-10)
@@ -51,509 +51,509 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1598/projeto_projeto_de_lei_007_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1598/projeto_projeto_de_lei_007_2008.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA ASSOCIAÇÃO RURAL DE AGRICULTORES DO MUNICIPIO DE SÃO MIGUEL DO GUAPORÉ/RO_x000D_
 E DÁ OUTRAS PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1600/projeto_projeto_de_lei_009_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1600/projeto_projeto_de_lei_009_2008.pdf</t>
   </si>
   <si>
     <t>Aumenta a quantidade de cargos e vagas dos quadros constantes da Lei n°. 202/97, com os cargos que especifica, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1602/projeto_projeto_de_lei_010_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1602/projeto_projeto_de_lei_010_2008.pdf</t>
   </si>
   <si>
     <t>Modifica os anexos III A e IIIC da lei n°. 202 de 31 de maio de 1997, autoriza o Executivo a abrir concurso público para as vagas especificadas e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1603/projeto_projeto_de_lei_011_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1603/projeto_projeto_de_lei_011_2008.pdf</t>
   </si>
   <si>
     <t>‘*DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVlDÊNCIAS".</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1605/projeto_projeto_de_lei_012_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1605/projeto_projeto_de_lei_012_2008.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNClAS".</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1606/projeto_projeto_de_lei_013_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1606/projeto_projeto_de_lei_013_2008.pdf</t>
   </si>
   <si>
     <t>“DECLARA DE UTILIDADE PÚBLICA ASSOCIAÇÃO RURAL DOS AGRICULTORES DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ - RO E DÁ OUTRAS_x000D_
 PROVIDÉNCIAS".</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1607/projeto_projeto_de_lei_014_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1607/projeto_projeto_de_lei_014_2008.pdf</t>
   </si>
   <si>
     <t>“DECLARA DE UTILIDADE PÚBLICA ASSOCIAÇÃO RURAL DOS AGRICULTORES DO MUNICÍPIO DE SÃO MIGUEL DO GUAPORÉ /RO E DÁ OUTRAS_x000D_
 PROVIDÈNCIAS" .</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1609/projeto_projeto_de_lei_017_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1609/projeto_projeto_de_lei_017_2008.pdf</t>
   </si>
   <si>
     <t>Retifica dados da Lei Municipal no. 829 de 12 de novembro de 2007.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1610/projeto_projeto_de_lei_018_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1610/projeto_projeto_de_lei_018_2008.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a abrir concurso para escolha da melhor proposta de hino de São Miguel do Guaporé, dando outras providências.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1611/projeto_projeto_de_lei_019_2008_1.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1611/projeto_projeto_de_lei_019_2008_1.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO RURAL DE AGRICULTORES DO MUNICIPIO DE SÃO MIGUEL DO GUAPORÉ/RO,_x000D_
 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1612/projeto_projeto_de_lei_020_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1612/projeto_projeto_de_lei_020_2008.pdf</t>
   </si>
   <si>
     <t>Institui a Mini-maratona de São Miguel do Guaporé, estabelece a premiação para os vencedores, e dá outras providências.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1613/projeto_projeto_de_lei_021_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1613/projeto_projeto_de_lei_021_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1614/projeto_projeto_de_lei_022_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1614/projeto_projeto_de_lei_022_2008.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR LEILÃO PARA ALIENAÇÃO DE BENS DE CAPITAL INSERVÍVEIS A_x000D_
 ADMINISTRAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1615/projeto_projeto_de_lei_024_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1615/projeto_projeto_de_lei_024_2008.pdf</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1616/projeto_projeto_de_lei_025_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1616/projeto_projeto_de_lei_025_2008.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO PARA RECEBIMENTO DE SERVIÇOS DE ESTAGIÁRIOS DOS CURSOS DA ÁREA DE EDUCAÇÃO MINISTRADAS DO MUNICIPIO, E DISTÂNCIAS, PELA UNITINS - UNIVERSIDADE DO TOCANTINS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1617/projeto_projeto_de_lei_026_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1617/projeto_projeto_de_lei_026_2008.pdf</t>
   </si>
   <si>
     <t>Cria o FESTIVAL NOITE DA CANÇÃO RELIGIOSA — FENOCAR, e dá outras providências.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1618/projeto_projeto_de_lei_027_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1618/projeto_projeto_de_lei_027_2008.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROMOVER O ENCONTRO DA IRMANDADE  DO DIVINO EM PORTO MURTINHO, E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1619/projeto_projeto_de_lei_028_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1619/projeto_projeto_de_lei_028_2008.pdf</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1655/projeto_projeto_de_lei_29_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1655/projeto_projeto_de_lei_29_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENT0 VIGENTE E DÁ OUTRAS_x000D_
 PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1656/projeto_projeto_de_lei_030_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1656/projeto_projeto_de_lei_030_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICINAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1657/projeto_projeto_de_lei_031_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1657/projeto_projeto_de_lei_031_2008.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTLIDADE PÚBLICA ASSOCIAÇÃO RURAL DE AGRICULTORES DO MUNCIPIO DE SÃO MIGUEL DO GUAPORÉ/RO_x000D_
 E DÁ OUTRAS PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1658/projeto_projeto_de_lei_032_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1658/projeto_projeto_de_lei_032_2008.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA ASSOCIAÇÃO DOS PRODUTORES RURAIS DO MUNICIPIO DE SÃO MIGUEL DO GUAPORÉ/RO_x000D_
 E DÁ OUTRAS PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1659/projeto_projeto_de_lei_033_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1659/projeto_projeto_de_lei_033_2008.pdf</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1660/projeto_projeto_de_lei_034_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1660/projeto_projeto_de_lei_034_2008.pdf</t>
   </si>
   <si>
     <t>CONCEDE PERCENTUAL DE REAJUSTE VISANDO REPOR PERDAS SALARIAIS AOS SERVIDORES DO PODER LEGISLATNO DO MUNICIPIO DE SÃO MIGUEL DO GUAPORÉ/RO</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1661/projeto_projeto_de_lei_036_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1661/projeto_projeto_de_lei_036_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICINAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1662/projeto_projeto_de_lei_037_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1662/projeto_projeto_de_lei_037_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTARIAS PARA O EXERCÍCIO DE 2009 E DÁ OUTRAS PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1663/projeto_projeto_de_lei_038_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1663/projeto_projeto_de_lei_038_2008.pdf</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1664/projeto_projeto_de_lei_039_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1664/projeto_projeto_de_lei_039_2008.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA ORGANIZAÇÃO MULTIETÁRIA SÓCIO CULTURAL DE SÃO MIGUEL DO GUAPORÉ/RO_x000D_
 E DÁ OUTRAS PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1665/projeto_projeto_de_lei_040_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1665/projeto_projeto_de_lei_040_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE PARA DEVOLUÇÃO DE_x000D_
 CONVENIO FEDERAL E DÁ OUTRAS PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1666/projeto_projeto_de_lei_042_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1666/projeto_projeto_de_lei_042_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICINAL SUPLEMENTAR E DÁ OUTRAS PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1667/projeto_projeto_de_lei_043_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1667/projeto_projeto_de_lei_043_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1668/projeto_projeto_de_lei_045_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1668/projeto_projeto_de_lei_045_2008.pdf</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1669/projeto_projeto_de_lei_046_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1669/projeto_projeto_de_lei_046_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS_x000D_
 PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1674/projeto_projeto_de_lei_047_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1674/projeto_projeto_de_lei_047_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICINAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS_x000D_
 PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1675/projeto_projeto_de_lei_048_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1675/projeto_projeto_de_lei_048_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICINAL_x000D_
 SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS_x000D_
 PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1676/projeto_projeto_de_lei_049_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1676/projeto_projeto_de_lei_049_2008.pdf</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1677/projeto_projeto_de_lei_051_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1677/projeto_projeto_de_lei_051_2008.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL_x000D_
 ESPECIAL NO ORÇAMENT0 VIGENTE E DÁ OUTRAS_x000D_
 PROVIDÈNCIAS</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1678/projeto_projeto_de_lei_072_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1678/projeto_projeto_de_lei_072_2008.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O ORÇAMENTO_x000D_
 PROGRAMA REFERENTE AO EXERCÍCIO DE 2009.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1679/projeto_projeto_de_lei_081_2008.pdf</t>
+    <t>http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1679/projeto_projeto_de_lei_081_2008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de uso do solo e subsolo urbano a favor da CAERD, para fins de uso, manutenção e ampliação da rede de_x000D_
 abastecimento público de água e/ou implantação de esgoto sanitário, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -861,67 +861,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1598/projeto_projeto_de_lei_007_2008.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1600/projeto_projeto_de_lei_009_2008.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1602/projeto_projeto_de_lei_010_2008.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1603/projeto_projeto_de_lei_011_2008.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1605/projeto_projeto_de_lei_012_2008.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1606/projeto_projeto_de_lei_013_2008.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1607/projeto_projeto_de_lei_014_2008.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1609/projeto_projeto_de_lei_017_2008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1610/projeto_projeto_de_lei_018_2008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1611/projeto_projeto_de_lei_019_2008_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1612/projeto_projeto_de_lei_020_2008.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1613/projeto_projeto_de_lei_021_2008.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1614/projeto_projeto_de_lei_022_2008.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1615/projeto_projeto_de_lei_024_2008.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1616/projeto_projeto_de_lei_025_2008.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1617/projeto_projeto_de_lei_026_2008.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1618/projeto_projeto_de_lei_027_2008.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1619/projeto_projeto_de_lei_028_2008.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1655/projeto_projeto_de_lei_29_2008.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1656/projeto_projeto_de_lei_030_2008.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1657/projeto_projeto_de_lei_031_2008.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1658/projeto_projeto_de_lei_032_2008.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1659/projeto_projeto_de_lei_033_2008.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1660/projeto_projeto_de_lei_034_2008.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1661/projeto_projeto_de_lei_036_2008.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1662/projeto_projeto_de_lei_037_2008.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1663/projeto_projeto_de_lei_038_2008.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1664/projeto_projeto_de_lei_039_2008.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1665/projeto_projeto_de_lei_040_2008.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1666/projeto_projeto_de_lei_042_2008.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1667/projeto_projeto_de_lei_043_2008.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1668/projeto_projeto_de_lei_045_2008.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1669/projeto_projeto_de_lei_046_2008.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1674/projeto_projeto_de_lei_047_2008.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1675/projeto_projeto_de_lei_048_2008.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1676/projeto_projeto_de_lei_049_2008.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1677/projeto_projeto_de_lei_051_2008.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1678/projeto_projeto_de_lei_072_2008.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1679/projeto_projeto_de_lei_081_2008.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1598/projeto_projeto_de_lei_007_2008.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1600/projeto_projeto_de_lei_009_2008.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1602/projeto_projeto_de_lei_010_2008.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1603/projeto_projeto_de_lei_011_2008.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1605/projeto_projeto_de_lei_012_2008.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1606/projeto_projeto_de_lei_013_2008.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1607/projeto_projeto_de_lei_014_2008.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1609/projeto_projeto_de_lei_017_2008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1610/projeto_projeto_de_lei_018_2008.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1611/projeto_projeto_de_lei_019_2008_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1612/projeto_projeto_de_lei_020_2008.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1613/projeto_projeto_de_lei_021_2008.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1614/projeto_projeto_de_lei_022_2008.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1615/projeto_projeto_de_lei_024_2008.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1616/projeto_projeto_de_lei_025_2008.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1617/projeto_projeto_de_lei_026_2008.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1618/projeto_projeto_de_lei_027_2008.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1619/projeto_projeto_de_lei_028_2008.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1655/projeto_projeto_de_lei_29_2008.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1656/projeto_projeto_de_lei_030_2008.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1657/projeto_projeto_de_lei_031_2008.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1658/projeto_projeto_de_lei_032_2008.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1659/projeto_projeto_de_lei_033_2008.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1660/projeto_projeto_de_lei_034_2008.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1661/projeto_projeto_de_lei_036_2008.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1662/projeto_projeto_de_lei_037_2008.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1663/projeto_projeto_de_lei_038_2008.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1664/projeto_projeto_de_lei_039_2008.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1665/projeto_projeto_de_lei_040_2008.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1666/projeto_projeto_de_lei_042_2008.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1667/projeto_projeto_de_lei_043_2008.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1668/projeto_projeto_de_lei_045_2008.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1669/projeto_projeto_de_lei_046_2008.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1674/projeto_projeto_de_lei_047_2008.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1675/projeto_projeto_de_lei_048_2008.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1676/projeto_projeto_de_lei_049_2008.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1677/projeto_projeto_de_lei_051_2008.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1678/projeto_projeto_de_lei_072_2008.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomigueldoguapore.ro.leg.br/media/sapl/public/materialegislativa/2008/1679/projeto_projeto_de_lei_081_2008.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="242.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>